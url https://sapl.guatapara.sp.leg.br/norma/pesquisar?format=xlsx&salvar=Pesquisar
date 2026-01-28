--- v0 (2025-10-05)
+++ v1 (2026-01-28)
@@ -10,107 +10,191 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2765" uniqueCount="1485">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2814" uniqueCount="1512">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1095</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/402/lei_1.095_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_guatapara_para_o_exercicio_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a despesa do Município de Guatapará para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>1094</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/401/lei_1.094_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>1093</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/400/lei_1.093_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_guatapara_para_o_periodo_de_2026_a_2029..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Guatapará para o período de 2026 a 2029.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/399/lei_1.092_-_altera_a_lei_municipal_no_1.082_de_28_de_maio_de_2025_que_instituiu_o_programa_de_recuperacao_fiscal_2025_do_municipio_de_guatapara_para_ampliar_o_prazo_de_adesao..pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1.082, de 28 de maio de 2025, que instituiu o programa de recuperação fiscal - REFIS 2025 do Município de Guatapará, para ampliar o prazo de adesão e dá outras providências.</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para pintura de faixa amarela em frente a estabelecimentos de saúde, farmácias, e drogarias, com finalidade de estacionamento rápido e dá outras providências.</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 1047, de 11 de agosto de 2023, para estabelecer que os servidores municipais que estiverem presentes a se aposentar recebam os valores de depósitos do FGTS devidos em até 90 dias.</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/396/lei_1.089_-_autoriza_o_poder_executivo_do_municipio_de_guatapara_a_integrar_o_consorco_de_municipios_da_mogiana_cmm_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder Executivo do Município de Guatapará a integrar o consórcio de Municípios da Mogiana (CMM) e dá outras providências.</t>
+  </si>
+  <si>
     <t>395</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DE MESA</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf</t>
   </si>
   <si>
     <t>Suspende o Pregão Eletrônico nº 01/2024.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1056</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx</t>
   </si>
   <si>
     <t>"Estabelece recesso no âmbito administrativo da Câmara Municipal de Guatapará – SP, no período compreendido entre 20 de dezembro de 2023 a 02 de janeiro de 2024".</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>1055</t>
   </si>
@@ -2625,53 +2709,50 @@
     <t>178</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf</t>
   </si>
   <si>
     <t>“ Dispõe sobre a abertura de créditos especiais e dá outras providências”</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>894</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especiais e dá outras providências ".</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos aos servidores ocupantes de cargos de professor de educação infantil, professor de educação básica I, professor de educação básica II, professor de educação inclusiva e instrutor de música, para adequação ao piso salarial profissional nacional dos profissionais do magistério".</t>
   </si>
@@ -4993,67 +5074,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/384/lei_no_1.055..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/383/lei_no_1.054..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/382/lei_no_1.053..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/381/lei_no_1.052..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/394/lei_complementar_no_216.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/380/lei_no_1.051..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/379/lei_no_1.050..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/378/lei_no_1.049..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/393/lei_complementar_no_215.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/392/lei_complementar_no_214.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/377/lei_no_1.048..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/376/lei_no_1.047..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/375/lei_no_1.046..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/391/lei_complementar_no_213.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/390/lei_complementar_no_212.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/374/lei_no_1.045..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/373/lei_no_1.044..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/372/lei_no_1.043..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/371/lei_no_1.042..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/370/lei_no_1.041..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/389/lei_complementar_no_211.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/388/lei_complementar_no_210.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/387/lei_complementar_no_209.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/369/lei_no_1.040..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/386/lei_complementar_no_208.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/360/lei_1039.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/362/lei_complementar_no_207.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/361/lei_complementar_no_206.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/358/lei_1038.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/357/lei_1037.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/359/lei_completar_no_205.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/344/projeto_de_decreto_04.2023_-_concede_titulo_guataparaense_ao_senhor_leidir.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/343/projeto_de_decreto_03.2023_-_concede_titulo_guataparaense_a_senhora_sheila_lins.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/342/projeto_de_decreto_02.2023_-_concede_titulo_de_cidadania_guataparaense_ao_senhor_sidiclei.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/341/projeto_de_decreto_01.2023_-_concede_titulo_de_cidadania_guataparaense_a_senhora_juliana.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/368/lei_no_1.036.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/367/lei_no_1.035.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/336/lei_1034.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/335/lei_1033.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/303/14.22_recesso.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/334/lei_1032.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/337/lei_1031.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/333/lei_1030.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/332/lei_1029.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/331/lei_1028.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/365/decreto_no_05.2022..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/364/decreto_no_04.2022..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/363/decreto_no_03.2022..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/330/lei_1027.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/356/lei_complementar_204..pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/329/lei_1026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/302/11.22_ponto_facultativo_14.11.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/355/lei_complementar_203.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/328/lei_1025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/327/lei_1024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/326/lei_1023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/325/lei_1022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/301/ato_de_mesa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/324/lei_1021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/354/lei_complementar_202.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/323/lei_1020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/322/lei_1019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/321/lei_1018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/353/lei_complementar_201..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/320/lei_1017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/319/lei_1016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/318/lei_1015.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/352/lei_complementar_200.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/299/decreto_01.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/300/ato_de_mesa_08.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/317/lei_1014.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/351/lei_complementar_199.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/316/lei_1013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/315/lei_1012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/350/lei_complementar_198.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/349/lei_complementar_197.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/348/lei_complementar_196.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/314/lei_1011.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/347/lei_complementar_195.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/313/lei_1010..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/312/lei_1009.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/311/lei_1008.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/310/lei_1007.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/309/lei_1006.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/346/lei_complementar_194.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/345/lei_complementar_193.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/340/lei_complementar_192.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/339/lei_complementar_191.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/308/lei_1005.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/307/lei_1004.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/338/lei_complementar_190.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/306/lei_1003.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/305/lei_1002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/304/lei_1001.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/298/lei_ordinaria_n__1000.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/297/lei_ordinaria_n__999.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/296/lei_ordinaria_n__998.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/255/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/295/lei_ordinaria_n__997.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/294/lei_ordinaria_n__996.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/293/lei_ordinaria_n__995.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/292/lei_ordinaria_n__994.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/291/lei_ordinaria_n__993.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/250/resolucao_03.2021_cede_anexo_para_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/290/lei_ordinaria_n__992.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/289/lei_ordinaria_n__991.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/288/lei_ordinaria_n__990.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/253/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/287/lei_ordinaria_n__989.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/286/lei_ordinaria_n__988.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/285/lei_ordinaria_n__987.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/284/lei_ordinaria_n__986.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/283/lei_ordinaria_n__985.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/282/lei_ordinaria_n__984.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/281/lei_ordinaria_n__983.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/279/lei_ordinaria_n__981.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/252/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/278/lei_ordinaria_n__980.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/277/lei_ordinaria_n__979.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/276/lei_ordinaria_n__978.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/275/lei_ordinaria_n__977.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/274/lei_ordinaria_n__976.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/273/lei_ordinaria_n__975.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/272/lei_ordinaria_n__974.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/271/lei_ordinaria_n__973.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/270/lei_ordinaria_n__972.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/269/lei_ordinaria_n__971.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/268/lei_ordinaria_n__970.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/267/lei_ordinaria_n__969.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/266/lei_ordinaria_n__968.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/265/lei_ordinaria_n__967.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/264/lei_ordinaria_n__966.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/263/lei_ordinaria_n__965.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/262/lei_ordinaria_n__964.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/280/lei_ordinaria_n__982.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/261/lei_ordinaria_n__963.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/260/lei_ordinaria_n__962.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/259/lei_ordinaria_n__961.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/258/lei_ordinaria_n__960.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/257/lei_ordinaria_n__959.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/256/lei_ordinaria_n__958.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/251/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/240/camscanner_04-08-2021_08.53.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/239/camscanner_04-08-2021_08.52.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/238/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/237/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/236/camscanner_04-07-2021_15.34.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/248/camscanner_04-08-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/247/camscanner_04-08-2021_15.03.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/246/camscanner_04-08-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/235/camscanner_04-07-2021_15.33.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/234/camscanner_04-07-2021_15.32.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/233/camscanner_04-07-2021_15.31.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/232/camscanner_04-07-2021_15.30.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/231/camscanner_04-07-2021_15.29.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/245/camscanner_04-08-2021_15.011.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/230/camscanner_04-07-2021_15.27.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/229/camscanner_04-07-2021_15.22.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/228/camscanner_04-07-2021_15.21.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/227/camscanner_04-07-2021_15.20.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/226/camscanner_04-07-2021_15.19.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/225/camscanner_04-07-2021_15.08.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/224/camscanner_04-07-2021_15.07.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/223/camscanner_04-07-2021_15.06.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/222/camscanner_04-07-2021_15.05.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/244/camscanner_04-08-2021_15.25.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/221/camscanner_04-07-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/220/camscanner_04-07-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/243/camscanner_04-08-2021_14.56.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/219/camscanner_04-07-2021_14.59.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/218/camscanner_04-07-2021_14.51.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/217/camscanner_04-07-2021_14.50.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/241/camscanner_04-08-2021_14.54.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/216/camscanner_04-07-2021_14.49.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/215/camscanner_04-07-2021_14.48.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/214/camscanner_04-07-2021_14.45.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/242/camscanner_04-08-2021_14.561.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/213/camscanner_04-07-2021_14.44.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/212/camscanner_04-07-2021_14.41.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/211/camscanner_04-07-2021_14.37.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/209/lei_927.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/208/lei_926_completa.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/207/lei_925_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/206/lei_924.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/204/lei_922_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/203/lei_921_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/202/lei_920.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/201/lei_919.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/200/lei_918.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/199/25_-_lei_917.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/198/24_-_lei_916.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/197/23_-_lei_915.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/196/22_-_lei_914.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/195/21_-_lei_913.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/194/20_-_lei_912.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/193/19_-_lei_911.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/192/18_-_lei_910.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/191/17_-_lei_909.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/190/lei_908_completa.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/189/16_-_lei_907.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/188/15_-_lei_906.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/187/14_-_lei_905.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/185/12_-_lei_903.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/186/13_-_lei_904.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/184/11_-_lei_902.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/183/10_-_lei_901.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/182/9_-_lei_900.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/181/lei_899_completa.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/180/lei_898_completa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/179/lei_897_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/205/lei_923_1.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/173/3_-_lei_891.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/172/2_-_lei_890.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/171/1_-_lei_889.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/160/lo_888.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/170/lc_158.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/159/lo_887.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/157/lo_885.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/156/lo_884.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/155/lo_883.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/154/lo_882.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/158/lo_886.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/153/lo_881.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/152/lo_880.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/151/lo_879.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/150/lo_878.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/149/lo_877.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/148/lo_876.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/147/lo_875.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/146/lo_874.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/145/lo_873.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/144/lo_872.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/143/lo_871.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/169/lc_157.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/141/lo_869.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/142/lo_870.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/140/lo_868.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/139/lo_867.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/138/lo_866.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/137/lo_865.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/168/lc_156.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/135/lo_863.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/167/lc_155.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/136/lo_864.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/166/lc_154.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/134/lo_862.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/133/lo_861.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/132/lo_860.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/131/lo_859.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/130/lo_858.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/128/lo_856.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/127/lo_855.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/129/lo_857.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/126/lo_854.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/125/lo_853.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/123/lo_851.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/165/lc_153.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/122/lo_850.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/164/lc_152.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/124/lo_852.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/121/lo_849.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/120/lo_848.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/163/lc_151.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/119/lo_847.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/162/lc_150.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/118/lo_846.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/117/lo_845.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/161/lc_149.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/116/lo_844.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/115/lo_843.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/114/lo_842.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/113/lo_841.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/112/lo_840.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/111/lo_839.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/110/lo_838.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2012/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2009/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2006/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2006/249/lc_48.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2005/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2004/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1995/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1994/42/42_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/402/lei_1.095_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_guatapara_para_o_exercicio_de_2026..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/401/lei_1.094_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/400/lei_1.093_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_guatapara_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/399/lei_1.092_-_altera_a_lei_municipal_no_1.082_de_28_de_maio_de_2025_que_instituiu_o_programa_de_recuperacao_fiscal_2025_do_municipio_de_guatapara_para_ampliar_o_prazo_de_adesao..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/396/lei_1.089_-_autoriza_o_poder_executivo_do_municipio_de_guatapara_a_integrar_o_consorco_de_municipios_da_mogiana_cmm_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/384/lei_no_1.055..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/383/lei_no_1.054..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/382/lei_no_1.053..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/381/lei_no_1.052..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/394/lei_complementar_no_216.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/380/lei_no_1.051..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/379/lei_no_1.050..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/378/lei_no_1.049..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/393/lei_complementar_no_215.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/392/lei_complementar_no_214.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/377/lei_no_1.048..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/376/lei_no_1.047..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/375/lei_no_1.046..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/391/lei_complementar_no_213.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/390/lei_complementar_no_212.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/374/lei_no_1.045..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/373/lei_no_1.044..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/372/lei_no_1.043..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/371/lei_no_1.042..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/370/lei_no_1.041..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/389/lei_complementar_no_211.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/388/lei_complementar_no_210.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/387/lei_complementar_no_209.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/369/lei_no_1.040..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/386/lei_complementar_no_208.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/360/lei_1039.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/362/lei_complementar_no_207.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/361/lei_complementar_no_206.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/358/lei_1038.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/357/lei_1037.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/359/lei_completar_no_205.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/344/projeto_de_decreto_04.2023_-_concede_titulo_guataparaense_ao_senhor_leidir.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/343/projeto_de_decreto_03.2023_-_concede_titulo_guataparaense_a_senhora_sheila_lins.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/342/projeto_de_decreto_02.2023_-_concede_titulo_de_cidadania_guataparaense_ao_senhor_sidiclei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/341/projeto_de_decreto_01.2023_-_concede_titulo_de_cidadania_guataparaense_a_senhora_juliana.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/368/lei_no_1.036.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/367/lei_no_1.035.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/336/lei_1034.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/335/lei_1033.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/303/14.22_recesso.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/334/lei_1032.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/337/lei_1031.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/333/lei_1030.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/332/lei_1029.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/331/lei_1028.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/365/decreto_no_05.2022..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/364/decreto_no_04.2022..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/363/decreto_no_03.2022..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/330/lei_1027.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/356/lei_complementar_204..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/329/lei_1026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/302/11.22_ponto_facultativo_14.11.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/355/lei_complementar_203.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/328/lei_1025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/327/lei_1024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/326/lei_1023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/325/lei_1022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/301/ato_de_mesa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/324/lei_1021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/354/lei_complementar_202.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/323/lei_1020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/322/lei_1019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/321/lei_1018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/353/lei_complementar_201..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/320/lei_1017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/319/lei_1016.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/318/lei_1015.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/352/lei_complementar_200.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/299/decreto_01.2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/300/ato_de_mesa_08.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/317/lei_1014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/351/lei_complementar_199.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/316/lei_1013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/315/lei_1012.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/350/lei_complementar_198.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/349/lei_complementar_197.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/348/lei_complementar_196.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/314/lei_1011.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/347/lei_complementar_195.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/313/lei_1010..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/312/lei_1009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/311/lei_1008.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/310/lei_1007.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/309/lei_1006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/346/lei_complementar_194.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/345/lei_complementar_193.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/340/lei_complementar_192.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/339/lei_complementar_191.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/308/lei_1005.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/307/lei_1004.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/338/lei_complementar_190.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/306/lei_1003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/305/lei_1002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/304/lei_1001.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/298/lei_ordinaria_n__1000.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/297/lei_ordinaria_n__999.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/296/lei_ordinaria_n__998.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/255/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/295/lei_ordinaria_n__997.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/294/lei_ordinaria_n__996.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/293/lei_ordinaria_n__995.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/292/lei_ordinaria_n__994.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/291/lei_ordinaria_n__993.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/250/resolucao_03.2021_cede_anexo_para_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/290/lei_ordinaria_n__992.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/289/lei_ordinaria_n__991.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/288/lei_ordinaria_n__990.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/253/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/287/lei_ordinaria_n__989.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/286/lei_ordinaria_n__988.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/285/lei_ordinaria_n__987.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/284/lei_ordinaria_n__986.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/283/lei_ordinaria_n__985.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/282/lei_ordinaria_n__984.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/281/lei_ordinaria_n__983.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/279/lei_ordinaria_n__981.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/252/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/278/lei_ordinaria_n__980.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/277/lei_ordinaria_n__979.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/276/lei_ordinaria_n__978.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/275/lei_ordinaria_n__977.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/274/lei_ordinaria_n__976.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/273/lei_ordinaria_n__975.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/272/lei_ordinaria_n__974.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/271/lei_ordinaria_n__973.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/270/lei_ordinaria_n__972.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/269/lei_ordinaria_n__971.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/268/lei_ordinaria_n__970.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/267/lei_ordinaria_n__969.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/266/lei_ordinaria_n__968.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/265/lei_ordinaria_n__967.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/264/lei_ordinaria_n__966.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/263/lei_ordinaria_n__965.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/262/lei_ordinaria_n__964.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/280/lei_ordinaria_n__982.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/261/lei_ordinaria_n__963.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/260/lei_ordinaria_n__962.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/259/lei_ordinaria_n__961.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/258/lei_ordinaria_n__960.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/257/lei_ordinaria_n__959.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/256/lei_ordinaria_n__958.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/251/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/240/camscanner_04-08-2021_08.53.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/239/camscanner_04-08-2021_08.52.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/238/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/237/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/236/camscanner_04-07-2021_15.34.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/248/camscanner_04-08-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/247/camscanner_04-08-2021_15.03.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/246/camscanner_04-08-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/235/camscanner_04-07-2021_15.33.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/234/camscanner_04-07-2021_15.32.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/233/camscanner_04-07-2021_15.31.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/232/camscanner_04-07-2021_15.30.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/231/camscanner_04-07-2021_15.29.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/245/camscanner_04-08-2021_15.011.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/230/camscanner_04-07-2021_15.27.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/229/camscanner_04-07-2021_15.22.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/228/camscanner_04-07-2021_15.21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/227/camscanner_04-07-2021_15.20.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/226/camscanner_04-07-2021_15.19.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/225/camscanner_04-07-2021_15.08.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/224/camscanner_04-07-2021_15.07.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/223/camscanner_04-07-2021_15.06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/222/camscanner_04-07-2021_15.05.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/244/camscanner_04-08-2021_15.25.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/221/camscanner_04-07-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/220/camscanner_04-07-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/243/camscanner_04-08-2021_14.56.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/219/camscanner_04-07-2021_14.59.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/218/camscanner_04-07-2021_14.51.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/217/camscanner_04-07-2021_14.50.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/241/camscanner_04-08-2021_14.54.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/216/camscanner_04-07-2021_14.49.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/215/camscanner_04-07-2021_14.48.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/214/camscanner_04-07-2021_14.45.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/242/camscanner_04-08-2021_14.561.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/213/camscanner_04-07-2021_14.44.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/212/camscanner_04-07-2021_14.41.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/211/camscanner_04-07-2021_14.37.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/209/lei_927.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/208/lei_926_completa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/207/lei_925_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/206/lei_924.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/204/lei_922_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/203/lei_921_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/202/lei_920.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/201/lei_919.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/200/lei_918.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/199/25_-_lei_917.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/198/24_-_lei_916.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/197/23_-_lei_915.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/196/22_-_lei_914.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/195/21_-_lei_913.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/194/20_-_lei_912.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/193/19_-_lei_911.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/192/18_-_lei_910.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/191/17_-_lei_909.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/190/lei_908_completa.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/189/16_-_lei_907.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/188/15_-_lei_906.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/187/14_-_lei_905.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/185/12_-_lei_903.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/186/13_-_lei_904.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/184/11_-_lei_902.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/183/10_-_lei_901.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/182/9_-_lei_900.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/181/lei_899_completa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/180/lei_898_completa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/179/lei_897_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/205/lei_923_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/173/3_-_lei_891.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/172/2_-_lei_890.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/171/1_-_lei_889.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/160/lo_888.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/170/lc_158.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/159/lo_887.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/157/lo_885.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/156/lo_884.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/155/lo_883.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/154/lo_882.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/158/lo_886.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/153/lo_881.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/152/lo_880.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/151/lo_879.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/150/lo_878.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/149/lo_877.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/148/lo_876.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/147/lo_875.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/146/lo_874.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/145/lo_873.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/144/lo_872.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/143/lo_871.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/169/lc_157.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/141/lo_869.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/142/lo_870.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/140/lo_868.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/139/lo_867.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/138/lo_866.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/137/lo_865.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/168/lc_156.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/135/lo_863.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/167/lc_155.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/136/lo_864.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/166/lc_154.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/134/lo_862.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/133/lo_861.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/132/lo_860.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/131/lo_859.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/130/lo_858.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/128/lo_856.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/127/lo_855.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/129/lo_857.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/126/lo_854.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/125/lo_853.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/123/lo_851.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/165/lc_153.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/122/lo_850.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/164/lc_152.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/124/lo_852.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/121/lo_849.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/120/lo_848.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/163/lc_151.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/119/lo_847.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/162/lc_150.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/118/lo_846.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/117/lo_845.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/161/lc_149.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/116/lo_844.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/115/lo_843.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/114/lo_842.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/113/lo_841.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/112/lo_840.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/111/lo_839.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/110/lo_838.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2012/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2009/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2006/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2006/249/lc_48.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2005/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2004/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1995/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1994/42/42_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G395"/>
+  <dimension ref="A1:G402"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="158" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="243.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5064,9082 +5145,9243 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="G3" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
         <v>29</v>
-      </c>
-[...16 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
         <v>41</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="F9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G9" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="G11" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="G12" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="G15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>71</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G17" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G19" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C21" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G22" t="s">
-        <v>50</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G24" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E25" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G25" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E26" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G27" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C28" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G29" t="s">
-        <v>123</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C30" t="s">
         <v>125</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G30" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C31" t="s">
         <v>129</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G31" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>132</v>
       </c>
       <c r="B32" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C32" t="s">
         <v>133</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E32" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G32" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>136</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C33" t="s">
         <v>137</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G33" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>140</v>
       </c>
       <c r="B34" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C34" t="s">
         <v>141</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G34" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>144</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C35" t="s">
         <v>145</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G35" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>148</v>
       </c>
       <c r="B36" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C36" t="s">
-        <v>22</v>
+        <v>149</v>
       </c>
       <c r="D36" t="s">
-        <v>149</v>
+        <v>71</v>
       </c>
       <c r="E36" t="s">
+        <v>72</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="F36" s="1" t="s">
+      <c r="G36" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>45</v>
+      </c>
+      <c r="C37" t="s">
         <v>153</v>
       </c>
-      <c r="B37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>150</v>
+        <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G37" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C38" t="s">
         <v>157</v>
       </c>
       <c r="D38" t="s">
-        <v>149</v>
+        <v>71</v>
       </c>
       <c r="E38" t="s">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>158</v>
       </c>
       <c r="G38" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C39" t="s">
         <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>149</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>162</v>
       </c>
       <c r="G39" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>164</v>
       </c>
       <c r="B40" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C40" t="s">
         <v>165</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>166</v>
       </c>
       <c r="G40" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>168</v>
       </c>
       <c r="B41" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C41" t="s">
         <v>169</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="G41" t="s">
-        <v>50</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B42" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C42" t="s">
         <v>173</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>174</v>
       </c>
       <c r="G42" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C43" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43" t="s">
         <v>177</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>178</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G43" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B44" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C44" t="s">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="D44" t="s">
-        <v>10</v>
+        <v>177</v>
       </c>
       <c r="E44" t="s">
-        <v>11</v>
+        <v>178</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>182</v>
       </c>
       <c r="G44" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>184</v>
       </c>
       <c r="B45" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C45" t="s">
         <v>185</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>178</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>186</v>
       </c>
       <c r="G45" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>188</v>
       </c>
       <c r="B46" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C46" t="s">
         <v>189</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>178</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>190</v>
       </c>
       <c r="G46" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>192</v>
       </c>
       <c r="B47" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C47" t="s">
         <v>193</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G47" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>196</v>
       </c>
       <c r="B48" t="s">
-        <v>172</v>
+        <v>45</v>
       </c>
       <c r="C48" t="s">
         <v>197</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>198</v>
       </c>
       <c r="G48" t="s">
-        <v>199</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>199</v>
+      </c>
+      <c r="B49" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C49" t="s">
         <v>201</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>202</v>
       </c>
       <c r="G49" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>204</v>
       </c>
       <c r="B50" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C50" t="s">
         <v>205</v>
       </c>
       <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" t="s">
+        <v>200</v>
+      </c>
+      <c r="C51" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" t="s">
+        <v>40</v>
+      </c>
+      <c r="E51" t="s">
+        <v>41</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B51" t="s">
-[...11 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="G51" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" t="s">
+        <v>200</v>
+      </c>
+      <c r="C52" t="s">
         <v>213</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
       <c r="E52" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>214</v>
       </c>
       <c r="G52" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>216</v>
       </c>
       <c r="B53" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C53" t="s">
         <v>217</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>218</v>
       </c>
       <c r="G53" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>220</v>
       </c>
       <c r="B54" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C54" t="s">
         <v>221</v>
       </c>
       <c r="D54" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G54" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>224</v>
       </c>
       <c r="B55" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C55" t="s">
         <v>225</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="G55" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>228</v>
       </c>
       <c r="B56" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C56" t="s">
         <v>229</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="G56" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>232</v>
       </c>
       <c r="B57" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C57" t="s">
         <v>233</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>234</v>
       </c>
       <c r="E57" t="s">
-        <v>44</v>
+        <v>235</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G57" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B58" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C58" t="s">
-        <v>237</v>
+        <v>50</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G58" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B59" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C59" t="s">
-        <v>241</v>
+        <v>39</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E59" t="s">
-        <v>18</v>
+        <v>235</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="G59" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>244</v>
       </c>
       <c r="B60" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C60" t="s">
         <v>245</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E60" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="G60" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>248</v>
       </c>
       <c r="B61" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C61" t="s">
         <v>249</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E61" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="G61" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>252</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C62" t="s">
         <v>253</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G62" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>256</v>
       </c>
       <c r="B63" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C63" t="s">
         <v>257</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>258</v>
       </c>
       <c r="G63" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>260</v>
       </c>
       <c r="B64" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C64" t="s">
         <v>261</v>
       </c>
       <c r="D64" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E64" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>262</v>
       </c>
       <c r="G64" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>264</v>
       </c>
       <c r="B65" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C65" t="s">
         <v>265</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E65" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>266</v>
       </c>
       <c r="G65" t="s">
-        <v>179</v>
+        <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B66" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C66" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G66" t="s">
-        <v>179</v>
+        <v>271</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B67" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C67" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G67" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B68" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C68" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D68" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E68" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G68" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C69" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E69" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="G69" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B70" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C70" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E70" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G70" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B71" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C71" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E71" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="G71" t="s">
-        <v>179</v>
+        <v>291</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B72" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C72" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D72" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="G72" t="s">
-        <v>292</v>
+        <v>207</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B73" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C73" t="s">
-        <v>161</v>
+        <v>296</v>
       </c>
       <c r="D73" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
       <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="G73" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B74" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C74" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G74" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B75" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C75" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E75" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="G75" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B76" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C76" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D76" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G76" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B77" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C77" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="G77" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B78" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C78" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E78" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="G78" t="s">
-        <v>315</v>
+        <v>207</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B79" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C79" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D79" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E79" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="G79" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B80" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C80" t="s">
-        <v>321</v>
+        <v>189</v>
       </c>
       <c r="D80" t="s">
-        <v>43</v>
+        <v>234</v>
       </c>
       <c r="E80" t="s">
-        <v>44</v>
+        <v>235</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>322</v>
       </c>
       <c r="G80" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>324</v>
       </c>
       <c r="B81" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C81" t="s">
         <v>325</v>
       </c>
       <c r="D81" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E81" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>326</v>
       </c>
       <c r="G81" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>328</v>
       </c>
       <c r="B82" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C82" t="s">
         <v>329</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E82" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>330</v>
       </c>
       <c r="G82" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>332</v>
       </c>
       <c r="B83" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C83" t="s">
         <v>333</v>
       </c>
       <c r="D83" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E83" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>334</v>
       </c>
       <c r="G83" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>336</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C84" t="s">
         <v>337</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G84" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>340</v>
       </c>
       <c r="B85" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C85" t="s">
         <v>341</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E85" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>342</v>
       </c>
       <c r="G85" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>344</v>
       </c>
       <c r="B86" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C86" t="s">
         <v>345</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E86" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>346</v>
       </c>
       <c r="G86" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>348</v>
       </c>
       <c r="B87" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C87" t="s">
         <v>349</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E87" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>350</v>
       </c>
       <c r="G87" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>352</v>
       </c>
       <c r="B88" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C88" t="s">
         <v>353</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E88" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>354</v>
       </c>
       <c r="G88" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>356</v>
       </c>
       <c r="B89" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C89" t="s">
         <v>357</v>
       </c>
       <c r="D89" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E89" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>358</v>
       </c>
       <c r="G89" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>360</v>
       </c>
       <c r="B90" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C90" t="s">
         <v>361</v>
       </c>
       <c r="D90" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E90" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>362</v>
       </c>
       <c r="G90" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>364</v>
       </c>
       <c r="B91" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C91" t="s">
         <v>365</v>
       </c>
       <c r="D91" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>366</v>
       </c>
       <c r="G91" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C92" t="s">
         <v>369</v>
       </c>
       <c r="D92" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E92" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>370</v>
       </c>
       <c r="G92" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>372</v>
       </c>
       <c r="B93" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C93" t="s">
         <v>373</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>374</v>
       </c>
       <c r="G93" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>376</v>
       </c>
       <c r="B94" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C94" t="s">
         <v>377</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E94" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>378</v>
       </c>
       <c r="G94" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>380</v>
       </c>
       <c r="B95" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C95" t="s">
         <v>381</v>
       </c>
       <c r="D95" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E95" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>382</v>
       </c>
       <c r="G95" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>384</v>
       </c>
       <c r="B96" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C96" t="s">
         <v>385</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E96" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>386</v>
       </c>
       <c r="G96" t="s">
-        <v>179</v>
+        <v>387</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B97" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C97" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E97" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="G97" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B98" t="s">
-        <v>172</v>
+        <v>200</v>
       </c>
       <c r="C98" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E98" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="G98" t="s">
-        <v>179</v>
+        <v>395</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B99" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C99" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E99" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="G99" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B100" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C100" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E100" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="G100" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B101" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C101" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E101" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G101" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B102" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C102" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D102" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E102" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="G102" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B103" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C103" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E103" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G103" t="s">
-        <v>414</v>
+        <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>415</v>
       </c>
       <c r="B104" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C104" t="s">
         <v>416</v>
       </c>
       <c r="D104" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>417</v>
       </c>
       <c r="G104" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>419</v>
       </c>
       <c r="B105" t="s">
-        <v>395</v>
+        <v>200</v>
       </c>
       <c r="C105" t="s">
         <v>420</v>
       </c>
       <c r="D105" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>421</v>
       </c>
       <c r="G105" t="s">
-        <v>422</v>
+        <v>207</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
+        <v>422</v>
+      </c>
+      <c r="B106" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="C106" t="s">
         <v>424</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E106" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>425</v>
       </c>
       <c r="G106" t="s">
-        <v>247</v>
+        <v>426</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B107" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C107" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G107" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B108" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C108" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E108" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="G108" t="s">
-        <v>402</v>
+        <v>434</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B109" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C109" t="s">
-        <v>9</v>
+        <v>436</v>
       </c>
       <c r="D109" t="s">
-        <v>434</v>
+        <v>71</v>
       </c>
       <c r="E109" t="s">
-        <v>435</v>
+        <v>72</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G109" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B110" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C110" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E110" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G110" t="s">
-        <v>315</v>
+        <v>442</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B111" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C111" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E111" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G111" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B112" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C112" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E112" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="G112" t="s">
-        <v>402</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B113" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C113" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D113" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="G113" t="s">
-        <v>451</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B114" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C114" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E114" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G114" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B115" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C115" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E115" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="G115" t="s">
-        <v>459</v>
+        <v>430</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B116" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C116" t="s">
-        <v>461</v>
+        <v>39</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>462</v>
       </c>
       <c r="E116" t="s">
-        <v>18</v>
+        <v>463</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="G116" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B117" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C117" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E117" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="G117" t="s">
-        <v>402</v>
+        <v>343</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B118" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C118" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="G118" t="s">
-        <v>179</v>
+        <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B119" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C119" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="G119" t="s">
-        <v>473</v>
+        <v>430</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B120" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C120" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E120" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="G120" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B121" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C121" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="G121" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B122" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C122" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D122" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="G122" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B123" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C123" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D123" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E123" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="G123" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B124" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C124" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E124" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="G124" t="s">
-        <v>493</v>
+        <v>430</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B125" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C125" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="G125" t="s">
-        <v>497</v>
+        <v>207</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>498</v>
       </c>
       <c r="B126" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C126" t="s">
         <v>499</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E126" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>500</v>
       </c>
       <c r="G126" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>502</v>
       </c>
       <c r="B127" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C127" t="s">
         <v>503</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>504</v>
       </c>
       <c r="G127" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>506</v>
       </c>
       <c r="B128" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C128" t="s">
         <v>507</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E128" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>508</v>
       </c>
       <c r="G128" t="s">
-        <v>179</v>
+        <v>509</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B129" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C129" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E129" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G129" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B130" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C130" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E130" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="G130" t="s">
-        <v>315</v>
+        <v>517</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B131" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C131" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="G131" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B132" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C132" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="G132" t="s">
-        <v>375</v>
+        <v>525</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B133" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C133" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D133" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="G133" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B134" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C134" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E134" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G134" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B135" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C135" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E135" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="G135" t="s">
-        <v>534</v>
+        <v>207</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B136" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C136" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E136" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="G136" t="s">
-        <v>179</v>
+        <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B137" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C137" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E137" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="G137" t="s">
-        <v>179</v>
+        <v>343</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="B138" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C138" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D138" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E138" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="G138" t="s">
-        <v>179</v>
+        <v>547</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B139" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C139" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E139" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="G139" t="s">
-        <v>547</v>
+        <v>403</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B140" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C140" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="G140" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B141" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C141" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E141" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="G141" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B142" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C142" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="G142" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B143" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C143" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="G143" t="s">
-        <v>563</v>
+        <v>207</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B144" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C144" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="G144" t="s">
-        <v>567</v>
+        <v>207</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B145" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C145" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="G145" t="s">
-        <v>571</v>
+        <v>207</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>572</v>
       </c>
       <c r="B146" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C146" t="s">
         <v>573</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E146" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>574</v>
       </c>
       <c r="G146" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>576</v>
       </c>
       <c r="B147" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C147" t="s">
         <v>577</v>
       </c>
       <c r="D147" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E147" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>578</v>
       </c>
       <c r="G147" t="s">
-        <v>327</v>
+        <v>579</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B148" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C148" t="s">
         <v>581</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>582</v>
       </c>
       <c r="G148" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>584</v>
       </c>
       <c r="B149" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C149" t="s">
         <v>585</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>586</v>
       </c>
       <c r="G149" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>588</v>
       </c>
       <c r="B150" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C150" t="s">
         <v>589</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E150" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>590</v>
       </c>
       <c r="G150" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>592</v>
       </c>
       <c r="B151" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C151" t="s">
         <v>593</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E151" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>594</v>
       </c>
       <c r="G151" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>596</v>
       </c>
       <c r="B152" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C152" t="s">
         <v>597</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>598</v>
       </c>
       <c r="G152" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>600</v>
       </c>
       <c r="B153" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C153" t="s">
         <v>601</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E153" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>602</v>
       </c>
       <c r="G153" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>604</v>
       </c>
       <c r="B154" t="s">
-        <v>580</v>
+        <v>423</v>
       </c>
       <c r="C154" t="s">
         <v>605</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E154" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>606</v>
       </c>
       <c r="G154" t="s">
-        <v>607</v>
+        <v>355</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
+        <v>607</v>
+      </c>
+      <c r="B155" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="C155" t="s">
         <v>609</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E155" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>610</v>
       </c>
       <c r="G155" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>612</v>
       </c>
       <c r="B156" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C156" t="s">
         <v>613</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E156" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>614</v>
       </c>
       <c r="G156" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>616</v>
       </c>
       <c r="B157" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C157" t="s">
         <v>617</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E157" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>618</v>
       </c>
       <c r="G157" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>620</v>
       </c>
       <c r="B158" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C158" t="s">
         <v>621</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E158" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>622</v>
       </c>
       <c r="G158" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>624</v>
       </c>
       <c r="B159" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C159" t="s">
         <v>625</v>
       </c>
       <c r="D159" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E159" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>626</v>
       </c>
       <c r="G159" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>628</v>
       </c>
       <c r="B160" t="s">
-        <v>395</v>
+        <v>608</v>
       </c>
       <c r="C160" t="s">
         <v>629</v>
       </c>
       <c r="D160" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E160" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>630</v>
       </c>
       <c r="G160" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>632</v>
       </c>
       <c r="B161" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C161" t="s">
         <v>633</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E161" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>634</v>
       </c>
       <c r="G161" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>636</v>
       </c>
       <c r="B162" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C162" t="s">
         <v>637</v>
       </c>
       <c r="D162" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E162" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>638</v>
       </c>
       <c r="G162" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B163" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C163" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D163" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="G163" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B164" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C164" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D164" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E164" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="G164" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B165" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C165" t="s">
-        <v>629</v>
+        <v>649</v>
       </c>
       <c r="D165" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E165" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="G165" t="s">
-        <v>615</v>
+        <v>651</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B166" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C166" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D166" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E166" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="G166" t="s">
-        <v>615</v>
+        <v>655</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="B167" t="s">
-        <v>395</v>
+        <v>423</v>
       </c>
       <c r="C167" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="D167" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E167" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="G167" t="s">
-        <v>615</v>
+        <v>659</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="B168" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C168" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E168" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="G168" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B169" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C169" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="G169" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="B170" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C170" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="G170" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="B171" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C171" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="G171" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="B172" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C172" t="s">
-        <v>670</v>
+        <v>657</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="G172" t="s">
-        <v>672</v>
+        <v>643</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B173" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C173" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E173" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="G173" t="s">
-        <v>676</v>
+        <v>643</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>679</v>
+      </c>
+      <c r="B174" t="s">
+        <v>423</v>
+      </c>
+      <c r="C174" t="s">
         <v>677</v>
       </c>
-      <c r="B174" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D174" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E174" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="G174" t="s">
-        <v>680</v>
+        <v>643</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>681</v>
       </c>
       <c r="B175" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C175" t="s">
         <v>682</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E175" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>683</v>
       </c>
       <c r="G175" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>685</v>
       </c>
       <c r="B176" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C176" t="s">
         <v>686</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E176" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>687</v>
       </c>
       <c r="G176" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>689</v>
       </c>
       <c r="B177" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C177" t="s">
         <v>690</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E177" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>691</v>
       </c>
       <c r="G177" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>693</v>
       </c>
       <c r="B178" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C178" t="s">
         <v>694</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E178" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>695</v>
       </c>
       <c r="G178" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>42</v>
+        <v>697</v>
       </c>
       <c r="B179" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C179" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E179" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="G179" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>59</v>
+        <v>701</v>
       </c>
       <c r="B180" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C180" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E180" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="G180" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>63</v>
+        <v>705</v>
       </c>
       <c r="B181" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C181" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="D181" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E181" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="G181" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B182" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C182" t="s">
-        <v>573</v>
+        <v>710</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E182" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="G182" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>78</v>
+        <v>713</v>
       </c>
       <c r="B183" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C183" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="D183" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E183" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="G183" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>82</v>
+        <v>717</v>
       </c>
       <c r="B184" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C184" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="D184" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E184" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="G184" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>105</v>
+        <v>721</v>
       </c>
       <c r="B185" t="s">
-        <v>580</v>
+        <v>608</v>
       </c>
       <c r="C185" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="D185" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E185" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="G185" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>113</v>
+        <v>70</v>
       </c>
       <c r="B186" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C186" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E186" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="G186" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="B187" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C187" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="D187" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E187" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="G187" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>129</v>
+        <v>91</v>
       </c>
       <c r="B188" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C188" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E188" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="G188" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>133</v>
+        <v>734</v>
       </c>
       <c r="B189" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C189" t="s">
-        <v>726</v>
+        <v>601</v>
       </c>
       <c r="D189" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E189" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="G189" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>221</v>
+        <v>106</v>
       </c>
       <c r="B190" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C190" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="D190" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E190" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="G190" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>233</v>
+        <v>110</v>
       </c>
       <c r="B191" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C191" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="D191" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E191" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="G191" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>261</v>
+        <v>133</v>
       </c>
       <c r="B192" t="s">
-        <v>718</v>
+        <v>608</v>
       </c>
       <c r="C192" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="D192" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E192" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="G192" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>275</v>
+        <v>141</v>
       </c>
       <c r="B193" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C193" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="D193" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="G193" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>290</v>
+        <v>149</v>
       </c>
       <c r="B194" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C194" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E194" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="G194" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>305</v>
+        <v>157</v>
       </c>
       <c r="B195" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C195" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="D195" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="G195" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>317</v>
+        <v>161</v>
       </c>
       <c r="B196" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C196" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E196" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="G196" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>321</v>
+        <v>249</v>
       </c>
       <c r="B197" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C197" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="D197" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E197" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="G197" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>325</v>
+        <v>261</v>
       </c>
       <c r="B198" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C198" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="G198" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>333</v>
+        <v>289</v>
       </c>
       <c r="B199" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C199" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="D199" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E199" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="G199" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>357</v>
+        <v>303</v>
       </c>
       <c r="B200" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C200" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="D200" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E200" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="G200" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>361</v>
+        <v>318</v>
       </c>
       <c r="B201" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C201" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E201" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="G201" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>365</v>
+        <v>333</v>
       </c>
       <c r="B202" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C202" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="D202" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="G202" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="B203" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C203" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="D203" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E203" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="G203" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>381</v>
+        <v>349</v>
       </c>
       <c r="B204" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C204" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="D204" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="G204" t="s">
-        <v>179</v>
+        <v>779</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>408</v>
+        <v>353</v>
       </c>
       <c r="B205" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C205" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="D205" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E205" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="G205" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>420</v>
+        <v>361</v>
       </c>
       <c r="B206" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C206" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E206" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
       <c r="G206" t="s">
-        <v>774</v>
+        <v>785</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>449</v>
+        <v>385</v>
       </c>
       <c r="B207" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C207" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="D207" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E207" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="G207" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>577</v>
+        <v>389</v>
       </c>
       <c r="B208" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C208" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="D208" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E208" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="G208" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>483</v>
+        <v>393</v>
       </c>
       <c r="B209" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C209" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="D209" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E209" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="G209" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>601</v>
+        <v>397</v>
       </c>
       <c r="B210" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C210" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E210" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="G210" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>605</v>
+        <v>409</v>
       </c>
       <c r="B211" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C211" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="D211" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E211" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="G211" t="s">
-        <v>763</v>
+        <v>207</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>609</v>
+        <v>436</v>
       </c>
       <c r="B212" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C212" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="D212" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E212" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="G212" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>633</v>
+        <v>448</v>
       </c>
       <c r="B213" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C213" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E213" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="G213" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>666</v>
+        <v>477</v>
       </c>
       <c r="B214" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C214" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="D214" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E214" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="G214" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>678</v>
+        <v>605</v>
       </c>
       <c r="B215" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C215" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="D215" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E215" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="G215" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>803</v>
+        <v>511</v>
       </c>
       <c r="B216" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C216" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="D216" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E216" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="G216" t="s">
-        <v>760</v>
+        <v>813</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>806</v>
+        <v>629</v>
       </c>
       <c r="B217" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C217" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="D217" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E217" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="G217" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>810</v>
+        <v>633</v>
       </c>
       <c r="B218" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C218" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="D218" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E218" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="G218" t="s">
-        <v>760</v>
+        <v>791</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>813</v>
+        <v>637</v>
       </c>
       <c r="B219" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C219" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="D219" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E219" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="G219" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>817</v>
+        <v>661</v>
       </c>
       <c r="B220" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C220" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="D220" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E220" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="G220" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>145</v>
+        <v>694</v>
       </c>
       <c r="B221" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C221" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="D221" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E221" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="G221" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>824</v>
+        <v>706</v>
       </c>
       <c r="B222" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C222" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="D222" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E222" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="G222" t="s">
-        <v>281</v>
+        <v>830</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="B223" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C223" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E223" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="G223" t="s">
-        <v>179</v>
+        <v>788</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B224" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C224" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="D224" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E224" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="G224" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B225" t="s">
-        <v>835</v>
+        <v>746</v>
       </c>
       <c r="C225" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E225" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>837</v>
+        <v>28</v>
       </c>
       <c r="G225" t="s">
-        <v>838</v>
+        <v>788</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B226" t="s">
-        <v>835</v>
+        <v>746</v>
       </c>
       <c r="C226" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D226" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E226" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="G226" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B227" t="s">
-        <v>835</v>
+        <v>746</v>
       </c>
       <c r="C227" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D227" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E227" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="G227" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>847</v>
+        <v>173</v>
       </c>
       <c r="B228" t="s">
-        <v>835</v>
+        <v>746</v>
       </c>
       <c r="C228" t="s">
         <v>848</v>
       </c>
       <c r="D228" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E228" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>849</v>
       </c>
       <c r="G228" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>851</v>
       </c>
       <c r="B229" t="s">
-        <v>835</v>
+        <v>746</v>
       </c>
       <c r="C229" t="s">
         <v>852</v>
       </c>
       <c r="D229" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E229" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>853</v>
       </c>
       <c r="G229" t="s">
-        <v>854</v>
+        <v>309</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
+        <v>854</v>
+      </c>
+      <c r="B230" t="s">
+        <v>746</v>
+      </c>
+      <c r="C230" t="s">
         <v>855</v>
       </c>
-      <c r="B230" t="s">
-[...2 lines deleted...]
-      <c r="C230" t="s">
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="D230" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G230" t="s">
-        <v>858</v>
+        <v>207</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
+        <v>857</v>
+      </c>
+      <c r="B231" t="s">
+        <v>746</v>
+      </c>
+      <c r="C231" t="s">
+        <v>858</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="B231" t="s">
-[...2 lines deleted...]
-      <c r="C231" t="s">
+      <c r="G231" t="s">
         <v>860</v>
-      </c>
-[...10 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>840</v>
+        <v>861</v>
       </c>
       <c r="B232" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C232" t="s">
         <v>863</v>
       </c>
       <c r="D232" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E232" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>864</v>
       </c>
       <c r="G232" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>866</v>
       </c>
       <c r="B233" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C233" t="s">
         <v>867</v>
       </c>
       <c r="D233" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E233" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>868</v>
       </c>
       <c r="G233" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>870</v>
       </c>
       <c r="B234" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C234" t="s">
         <v>871</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E234" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>872</v>
       </c>
       <c r="G234" t="s">
-        <v>862</v>
+        <v>873</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B235" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C235" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E235" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="G235" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B236" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C236" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E236" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="G236" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B237" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C237" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E237" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="G237" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B238" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C238" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D238" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E238" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="G238" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>889</v>
+        <v>867</v>
       </c>
       <c r="B239" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C239" t="s">
         <v>890</v>
       </c>
       <c r="D239" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E239" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>891</v>
       </c>
       <c r="G239" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>893</v>
       </c>
       <c r="B240" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C240" t="s">
         <v>894</v>
       </c>
       <c r="D240" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E240" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>895</v>
       </c>
       <c r="G240" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>897</v>
       </c>
       <c r="B241" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C241" t="s">
         <v>898</v>
       </c>
       <c r="D241" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E241" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>899</v>
       </c>
       <c r="G241" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>900</v>
+      </c>
+      <c r="B242" t="s">
+        <v>862</v>
+      </c>
+      <c r="C242" t="s">
         <v>901</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
         <v>902</v>
       </c>
-      <c r="D242" t="s">
-[...5 lines deleted...]
-      <c r="F242" s="1" t="s">
+      <c r="G242" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>904</v>
+      </c>
+      <c r="B243" t="s">
+        <v>862</v>
+      </c>
+      <c r="C243" t="s">
         <v>905</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="D243" t="s">
-[...5 lines deleted...]
-      <c r="F243" s="1" t="s">
+      <c r="G243" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
+        <v>908</v>
+      </c>
+      <c r="B244" t="s">
+        <v>862</v>
+      </c>
+      <c r="C244" t="s">
         <v>909</v>
       </c>
-      <c r="B244" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D244" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E244" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>910</v>
       </c>
       <c r="G244" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>912</v>
       </c>
       <c r="B245" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C245" t="s">
         <v>913</v>
       </c>
       <c r="D245" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E245" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>914</v>
       </c>
       <c r="G245" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B246" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C246" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E246" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="G246" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B247" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C247" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D247" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E247" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="G247" t="s">
-        <v>908</v>
+        <v>923</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B248" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C248" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="D248" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E248" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="G248" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B249" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C249" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D249" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E249" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="G249" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="B250" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C250" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D250" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E250" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="G250" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="B251" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C251" t="s">
-        <v>851</v>
+        <v>874</v>
       </c>
       <c r="D251" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E251" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="G251" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="B252" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C252" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E252" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="G252" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B253" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C253" t="s">
-        <v>855</v>
+        <v>943</v>
       </c>
       <c r="D253" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E253" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="G253" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="B254" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C254" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E254" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="G254" t="s">
-        <v>947</v>
+        <v>935</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B255" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C255" t="s">
-        <v>859</v>
+        <v>950</v>
       </c>
       <c r="D255" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E255" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="G255" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="B256" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C256" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="D256" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E256" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="G256" t="s">
-        <v>880</v>
+        <v>956</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="B257" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C257" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D257" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E257" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="G257" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="B258" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C258" t="s">
-        <v>959</v>
+        <v>878</v>
       </c>
       <c r="D258" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E258" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="G258" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B259" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C259" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D259" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E259" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="G259" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B260" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C260" t="s">
-        <v>161</v>
+        <v>882</v>
       </c>
       <c r="D260" t="s">
-        <v>434</v>
+        <v>71</v>
       </c>
       <c r="E260" t="s">
-        <v>435</v>
+        <v>72</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="G260" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B261" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C261" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="D261" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E261" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="G261" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="B262" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C262" t="s">
-        <v>974</v>
+        <v>886</v>
       </c>
       <c r="D262" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E262" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="G262" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B263" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C263" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D263" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E263" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="G263" t="s">
-        <v>980</v>
+        <v>907</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>981</v>
       </c>
       <c r="B264" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C264" t="s">
         <v>982</v>
       </c>
       <c r="D264" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E264" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>983</v>
       </c>
       <c r="G264" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>985</v>
       </c>
       <c r="B265" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C265" t="s">
         <v>986</v>
       </c>
       <c r="D265" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E265" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>987</v>
       </c>
       <c r="G265" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>989</v>
       </c>
       <c r="B266" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C266" t="s">
         <v>990</v>
       </c>
       <c r="D266" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E266" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>991</v>
       </c>
       <c r="G266" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>993</v>
       </c>
       <c r="B267" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C267" t="s">
+        <v>189</v>
+      </c>
+      <c r="D267" t="s">
+        <v>462</v>
+      </c>
+      <c r="E267" t="s">
+        <v>463</v>
+      </c>
+      <c r="F267" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="D267" t="s">
-[...5 lines deleted...]
-      <c r="F267" s="1" t="s">
+      <c r="G267" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
+        <v>996</v>
+      </c>
+      <c r="B268" t="s">
+        <v>862</v>
+      </c>
+      <c r="C268" t="s">
         <v>997</v>
       </c>
-      <c r="B268" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D268" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E268" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>998</v>
       </c>
       <c r="G268" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>1000</v>
       </c>
       <c r="B269" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C269" t="s">
         <v>1001</v>
       </c>
       <c r="D269" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E269" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="G269" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>1004</v>
       </c>
       <c r="B270" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C270" t="s">
-        <v>870</v>
+        <v>1005</v>
       </c>
       <c r="D270" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E270" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="G270" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B271" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C271" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D271" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E271" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="G271" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B272" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C272" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D272" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E272" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="G272" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B273" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C273" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D273" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E273" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="G273" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B274" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C274" t="s">
-        <v>873</v>
+        <v>1021</v>
       </c>
       <c r="D274" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E274" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="G274" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B275" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C275" t="s">
-        <v>1023</v>
+        <v>893</v>
       </c>
       <c r="D275" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E275" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="G275" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B276" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C276" t="s">
-        <v>877</v>
+        <v>1028</v>
       </c>
       <c r="D276" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E276" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="G276" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B277" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C277" t="s">
-        <v>1030</v>
+        <v>897</v>
       </c>
       <c r="D277" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E277" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="G277" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B278" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C278" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D278" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E278" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="G278" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B279" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C279" t="s">
-        <v>881</v>
+        <v>1039</v>
       </c>
       <c r="D279" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E279" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="G279" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B280" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C280" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="D280" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E280" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="G280" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="B281" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C281" t="s">
-        <v>1045</v>
+        <v>900</v>
       </c>
       <c r="D281" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E281" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="G281" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B282" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C282" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="D282" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E282" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="G282" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B283" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C283" t="s">
-        <v>1053</v>
+        <v>904</v>
       </c>
       <c r="D283" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E283" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="G283" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>1056</v>
       </c>
       <c r="B284" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C284" t="s">
         <v>1057</v>
       </c>
       <c r="D284" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E284" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="G284" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>1060</v>
       </c>
       <c r="B285" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C285" t="s">
         <v>1061</v>
       </c>
       <c r="D285" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E285" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="G285" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>1064</v>
       </c>
       <c r="B286" t="s">
-        <v>835</v>
+        <v>862</v>
       </c>
       <c r="C286" t="s">
+        <v>908</v>
+      </c>
+      <c r="D286" t="s">
+        <v>71</v>
+      </c>
+      <c r="E286" t="s">
+        <v>72</v>
+      </c>
+      <c r="F286" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="D286" t="s">
-[...5 lines deleted...]
-      <c r="F286" s="1" t="s">
+      <c r="G286" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B287" t="s">
+        <v>862</v>
+      </c>
+      <c r="C287" t="s">
         <v>1068</v>
       </c>
-      <c r="B287" t="s">
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
+        <v>11</v>
+      </c>
+      <c r="F287" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="C287" t="s">
+      <c r="G287" t="s">
         <v>1070</v>
-      </c>
-[...10 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B288" t="s">
+        <v>862</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D288" t="s">
+        <v>10</v>
+      </c>
+      <c r="E288" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="G288" t="s">
         <v>1074</v>
-      </c>
-[...10 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B289" t="s">
+        <v>862</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D289" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" t="s">
+        <v>11</v>
+      </c>
+      <c r="F289" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="G289" t="s">
         <v>1078</v>
-      </c>
-[...10 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B290" t="s">
+        <v>862</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
+        <v>11</v>
+      </c>
+      <c r="F290" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="B290" t="s">
-[...2 lines deleted...]
-      <c r="C290" t="s">
+      <c r="G290" t="s">
         <v>1082</v>
-      </c>
-[...10 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B291" t="s">
+        <v>862</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D291" t="s">
+        <v>10</v>
+      </c>
+      <c r="E291" t="s">
+        <v>11</v>
+      </c>
+      <c r="F291" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="B291" t="s">
-[...2 lines deleted...]
-      <c r="C291" t="s">
+      <c r="G291" t="s">
         <v>1086</v>
-      </c>
-[...10 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B292" t="s">
+        <v>862</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="B292" t="s">
-[...11 lines deleted...]
-      <c r="F292" s="1" t="s">
+      <c r="G292" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B293" t="s">
+        <v>862</v>
+      </c>
+      <c r="C293" t="s">
         <v>1092</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="D293" t="s">
-[...5 lines deleted...]
-      <c r="F293" s="1" t="s">
+      <c r="G293" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B294" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="C294" t="s">
         <v>1097</v>
       </c>
       <c r="D294" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E294" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="G294" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>1100</v>
       </c>
       <c r="B295" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C295" t="s">
         <v>1101</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E295" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="G295" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>1104</v>
       </c>
       <c r="B296" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C296" t="s">
         <v>1105</v>
       </c>
       <c r="D296" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G296" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>1108</v>
       </c>
       <c r="B297" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C297" t="s">
         <v>1109</v>
       </c>
       <c r="D297" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E297" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="G297" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>1112</v>
       </c>
       <c r="B298" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C298" t="s">
         <v>1113</v>
       </c>
       <c r="D298" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E298" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="G298" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>1116</v>
       </c>
       <c r="B299" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C299" t="s">
+        <v>916</v>
+      </c>
+      <c r="D299" t="s">
+        <v>71</v>
+      </c>
+      <c r="E299" t="s">
+        <v>72</v>
+      </c>
+      <c r="F299" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="D299" t="s">
-[...5 lines deleted...]
-      <c r="F299" s="1" t="s">
+      <c r="G299" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C300" t="s">
         <v>1120</v>
       </c>
-      <c r="B300" t="s">
-[...2 lines deleted...]
-      <c r="C300" t="s">
+      <c r="D300" t="s">
+        <v>10</v>
+      </c>
+      <c r="E300" t="s">
+        <v>11</v>
+      </c>
+      <c r="F300" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="D300" t="s">
-[...5 lines deleted...]
-      <c r="F300" s="1" t="s">
+      <c r="G300" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C301" t="s">
         <v>1124</v>
       </c>
-      <c r="B301" t="s">
-[...2 lines deleted...]
-      <c r="C301" t="s">
+      <c r="D301" t="s">
+        <v>10</v>
+      </c>
+      <c r="E301" t="s">
+        <v>11</v>
+      </c>
+      <c r="F301" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="D301" t="s">
-[...5 lines deleted...]
-      <c r="F301" s="1" t="s">
+      <c r="G301" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C302" t="s">
         <v>1128</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
+      <c r="E302" t="s">
+        <v>11</v>
+      </c>
+      <c r="F302" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="D302" t="s">
-[...5 lines deleted...]
-      <c r="F302" s="1" t="s">
+      <c r="G302" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C303" t="s">
         <v>1132</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="D303" t="s">
+        <v>10</v>
+      </c>
+      <c r="E303" t="s">
+        <v>11</v>
+      </c>
+      <c r="F303" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="D303" t="s">
-[...5 lines deleted...]
-      <c r="F303" s="1" t="s">
+      <c r="G303" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C304" t="s">
         <v>1136</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="C304" t="s">
+      <c r="D304" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" t="s">
+        <v>11</v>
+      </c>
+      <c r="F304" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="D304" t="s">
-[...5 lines deleted...]
-      <c r="F304" s="1" t="s">
+      <c r="G304" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C305" t="s">
         <v>1140</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" t="s">
+        <v>11</v>
+      </c>
+      <c r="F305" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="D305" t="s">
-[...5 lines deleted...]
-      <c r="F305" s="1" t="s">
+      <c r="G305" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C306" t="s">
         <v>1144</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>10</v>
+      </c>
+      <c r="E306" t="s">
+        <v>11</v>
+      </c>
+      <c r="F306" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="D306" t="s">
-[...5 lines deleted...]
-      <c r="F306" s="1" t="s">
+      <c r="G306" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C307" t="s">
         <v>1148</v>
       </c>
-      <c r="B307" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s">
+      <c r="D307" t="s">
+        <v>10</v>
+      </c>
+      <c r="E307" t="s">
+        <v>11</v>
+      </c>
+      <c r="F307" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="D307" t="s">
-[...5 lines deleted...]
-      <c r="F307" s="1" t="s">
+      <c r="G307" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C308" t="s">
         <v>1152</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="D308" t="s">
+        <v>10</v>
+      </c>
+      <c r="E308" t="s">
+        <v>11</v>
+      </c>
+      <c r="F308" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="D308" t="s">
-[...5 lines deleted...]
-      <c r="F308" s="1" t="s">
+      <c r="G308" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C309" t="s">
         <v>1156</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>10</v>
+      </c>
+      <c r="E309" t="s">
+        <v>11</v>
+      </c>
+      <c r="F309" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="D309" t="s">
-[...5 lines deleted...]
-      <c r="F309" s="1" t="s">
+      <c r="G309" t="s">
         <v>1158</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C310" t="s">
         <v>1160</v>
       </c>
-      <c r="B310" t="s">
-[...2 lines deleted...]
-      <c r="C310" t="s">
+      <c r="D310" t="s">
+        <v>10</v>
+      </c>
+      <c r="E310" t="s">
+        <v>11</v>
+      </c>
+      <c r="F310" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="D310" t="s">
-[...5 lines deleted...]
-      <c r="F310" s="1" t="s">
+      <c r="G310" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C311" t="s">
         <v>1164</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="D311" t="s">
+        <v>10</v>
+      </c>
+      <c r="E311" t="s">
+        <v>11</v>
+      </c>
+      <c r="F311" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="D311" t="s">
-[...5 lines deleted...]
-      <c r="F311" s="1" t="s">
+      <c r="G311" t="s">
         <v>1166</v>
-      </c>
-[...1 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C312" t="s">
         <v>1168</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="D312" t="s">
+        <v>10</v>
+      </c>
+      <c r="E312" t="s">
+        <v>11</v>
+      </c>
+      <c r="F312" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="D312" t="s">
-[...5 lines deleted...]
-      <c r="F312" s="1" t="s">
+      <c r="G312" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C313" t="s">
         <v>1172</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="D313" t="s">
+        <v>10</v>
+      </c>
+      <c r="E313" t="s">
+        <v>11</v>
+      </c>
+      <c r="F313" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="D313" t="s">
-[...5 lines deleted...]
-      <c r="F313" s="1" t="s">
+      <c r="G313" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C314" t="s">
         <v>1176</v>
       </c>
-      <c r="B314" t="s">
-[...2 lines deleted...]
-      <c r="C314" t="s">
+      <c r="D314" t="s">
+        <v>10</v>
+      </c>
+      <c r="E314" t="s">
+        <v>11</v>
+      </c>
+      <c r="F314" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="D314" t="s">
-[...5 lines deleted...]
-      <c r="F314" s="1" t="s">
+      <c r="G314" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>1179</v>
       </c>
       <c r="B315" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C315" t="s">
         <v>1180</v>
       </c>
       <c r="D315" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E315" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="G315" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>1183</v>
       </c>
       <c r="B316" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C316" t="s">
         <v>1184</v>
       </c>
       <c r="D316" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E316" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="G316" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>1187</v>
       </c>
       <c r="B317" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C317" t="s">
         <v>1188</v>
       </c>
       <c r="D317" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E317" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>1189</v>
       </c>
       <c r="G317" t="s">
-        <v>1059</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B318" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C318" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D318" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E318" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="G318" t="s">
-        <v>1051</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B319" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C319" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="D319" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E319" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="G319" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="B320" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C320" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="D320" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E320" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="G320" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="B321" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C321" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="D321" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E321" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="G321" t="s">
-        <v>1204</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B322" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C322" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D322" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E322" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="G322" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B323" t="s">
-        <v>1069</v>
+        <v>1096</v>
       </c>
       <c r="C323" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D323" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E323" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="G323" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B324" t="s">
-        <v>1214</v>
+        <v>1096</v>
       </c>
       <c r="C324" t="s">
-        <v>985</v>
+        <v>1215</v>
       </c>
       <c r="D324" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E324" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="G324" t="s">
-        <v>1216</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>1217</v>
       </c>
       <c r="B325" t="s">
-        <v>1214</v>
+        <v>1096</v>
       </c>
       <c r="C325" t="s">
         <v>1218</v>
       </c>
       <c r="D325" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E325" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="G325" t="s">
-        <v>1220</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C326" t="s">
         <v>1221</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="D326" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" t="s">
+        <v>11</v>
+      </c>
+      <c r="F326" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="D326" t="s">
-[...5 lines deleted...]
-      <c r="F326" s="1" t="s">
+      <c r="G326" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C327" t="s">
         <v>1225</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="D327" t="s">
-[...5 lines deleted...]
-      <c r="F327" s="1" t="s">
+      <c r="G327" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C328" t="s">
         <v>1229</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" t="s">
+        <v>11</v>
+      </c>
+      <c r="F328" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="D328" t="s">
-[...5 lines deleted...]
-      <c r="F328" s="1" t="s">
+      <c r="G328" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C329" t="s">
         <v>1233</v>
       </c>
-      <c r="B329" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D329" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E329" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="G329" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>1236</v>
       </c>
       <c r="B330" t="s">
-        <v>1214</v>
+        <v>1096</v>
       </c>
       <c r="C330" t="s">
         <v>1237</v>
       </c>
       <c r="D330" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E330" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="G330" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>1240</v>
       </c>
       <c r="B331" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C331" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="D331" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E331" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="G331" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B332" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C332" t="s">
-        <v>993</v>
+        <v>1245</v>
       </c>
       <c r="D332" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E332" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="G332" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B333" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C333" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D333" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E333" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="G333" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="B334" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C334" t="s">
-        <v>1000</v>
+        <v>1253</v>
       </c>
       <c r="D334" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E334" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="G334" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="B335" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C335" t="s">
-        <v>1011</v>
+        <v>1257</v>
       </c>
       <c r="D335" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E335" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="G335" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B336" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C336" t="s">
-        <v>1257</v>
+        <v>1016</v>
       </c>
       <c r="D336" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E336" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="G336" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="B337" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C337" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="D337" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E337" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="G337" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="B338" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C338" t="s">
-        <v>1265</v>
+        <v>1034</v>
       </c>
       <c r="D338" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E338" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="G338" t="s">
-        <v>1032</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="B339" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C339" t="s">
-        <v>1268</v>
+        <v>1020</v>
       </c>
       <c r="D339" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E339" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="G339" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B340" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C340" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="D340" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E340" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="G340" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="B341" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C341" t="s">
-        <v>1276</v>
+        <v>1027</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E341" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="G341" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B342" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C342" t="s">
-        <v>1280</v>
+        <v>1038</v>
       </c>
       <c r="D342" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E342" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="G342" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>1283</v>
       </c>
       <c r="B343" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C343" t="s">
         <v>1284</v>
       </c>
       <c r="D343" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E343" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="G343" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>1287</v>
       </c>
       <c r="B344" t="s">
-        <v>1214</v>
+        <v>1241</v>
       </c>
       <c r="C344" t="s">
         <v>1288</v>
       </c>
       <c r="D344" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E344" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="G344" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>1291</v>
       </c>
       <c r="B345" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C345" t="s">
         <v>1292</v>
       </c>
-      <c r="C345" t="s">
+      <c r="D345" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" t="s">
+        <v>11</v>
+      </c>
+      <c r="F345" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="D345" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G345" t="s">
-        <v>1295</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D346" t="s">
+        <v>10</v>
+      </c>
+      <c r="E346" t="s">
+        <v>11</v>
+      </c>
+      <c r="F346" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="B346" t="s">
-[...2 lines deleted...]
-      <c r="C346" t="s">
+      <c r="G346" t="s">
         <v>1297</v>
-      </c>
-[...10 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D347" t="s">
+        <v>10</v>
+      </c>
+      <c r="E347" t="s">
+        <v>11</v>
+      </c>
+      <c r="F347" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B347" t="s">
-[...2 lines deleted...]
-      <c r="C347" t="s">
+      <c r="G347" t="s">
         <v>1301</v>
-      </c>
-[...10 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D348" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" t="s">
+        <v>11</v>
+      </c>
+      <c r="F348" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="G348" t="s">
         <v>1305</v>
-      </c>
-[...10 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D349" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" t="s">
+        <v>11</v>
+      </c>
+      <c r="F349" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="G349" t="s">
         <v>1309</v>
-      </c>
-[...10 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D350" t="s">
+        <v>10</v>
+      </c>
+      <c r="E350" t="s">
+        <v>11</v>
+      </c>
+      <c r="F350" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B350" t="s">
-[...2 lines deleted...]
-      <c r="C350" t="s">
+      <c r="G350" t="s">
         <v>1313</v>
-      </c>
-[...10 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D351" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" t="s">
+        <v>11</v>
+      </c>
+      <c r="F351" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="B351" t="s">
-[...2 lines deleted...]
-      <c r="C351" t="s">
+      <c r="G351" t="s">
         <v>1317</v>
-      </c>
-[...10 lines deleted...]
-        <v>1319</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C352" t="s">
         <v>1320</v>
       </c>
-      <c r="B352" t="s">
-[...2 lines deleted...]
-      <c r="C352" t="s">
+      <c r="D352" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" t="s">
+        <v>11</v>
+      </c>
+      <c r="F352" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="D352" t="s">
-[...5 lines deleted...]
-      <c r="F352" s="1" t="s">
+      <c r="G352" t="s">
         <v>1322</v>
-      </c>
-[...1 lines deleted...]
-        <v>1323</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C353" t="s">
         <v>1324</v>
       </c>
-      <c r="B353" t="s">
-[...2 lines deleted...]
-      <c r="C353" t="s">
+      <c r="D353" t="s">
+        <v>10</v>
+      </c>
+      <c r="E353" t="s">
+        <v>11</v>
+      </c>
+      <c r="F353" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="D353" t="s">
-[...5 lines deleted...]
-      <c r="F353" s="1" t="s">
+      <c r="G353" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>1327</v>
       </c>
       <c r="B354" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C354" t="s">
         <v>1328</v>
       </c>
       <c r="D354" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E354" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="G354" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>1331</v>
       </c>
       <c r="B355" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C355" t="s">
         <v>1332</v>
       </c>
       <c r="D355" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E355" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="G355" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>1335</v>
       </c>
       <c r="B356" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C356" t="s">
         <v>1336</v>
       </c>
       <c r="D356" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E356" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="G356" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>1339</v>
       </c>
       <c r="B357" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C357" t="s">
         <v>1340</v>
       </c>
       <c r="D357" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E357" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="G357" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>1343</v>
       </c>
       <c r="B358" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C358" t="s">
         <v>1344</v>
       </c>
       <c r="D358" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E358" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="G358" t="s">
         <v>1346</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
         <v>1347</v>
       </c>
       <c r="B359" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C359" t="s">
         <v>1348</v>
       </c>
       <c r="D359" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E359" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="G359" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
         <v>1351</v>
       </c>
       <c r="B360" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C360" t="s">
         <v>1352</v>
       </c>
       <c r="D360" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E360" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="G360" t="s">
-        <v>1354</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C361" t="s">
         <v>1355</v>
       </c>
-      <c r="B361" t="s">
-[...2 lines deleted...]
-      <c r="C361" t="s">
+      <c r="D361" t="s">
+        <v>10</v>
+      </c>
+      <c r="E361" t="s">
+        <v>11</v>
+      </c>
+      <c r="F361" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="D361" t="s">
-[...5 lines deleted...]
-      <c r="F361" s="1" t="s">
+      <c r="G361" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>1358</v>
       </c>
       <c r="B362" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C362" t="s">
         <v>1359</v>
       </c>
       <c r="D362" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E362" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="G362" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>1362</v>
       </c>
       <c r="B363" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C363" t="s">
         <v>1363</v>
       </c>
       <c r="D363" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E363" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="G363" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>1366</v>
       </c>
       <c r="B364" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C364" t="s">
         <v>1367</v>
       </c>
       <c r="D364" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E364" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>1368</v>
       </c>
       <c r="G364" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>1370</v>
       </c>
       <c r="B365" t="s">
-        <v>1292</v>
+        <v>1319</v>
       </c>
       <c r="C365" t="s">
         <v>1371</v>
       </c>
       <c r="D365" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E365" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>1372</v>
       </c>
       <c r="G365" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>1374</v>
       </c>
       <c r="B366" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C366" t="s">
         <v>1375</v>
       </c>
-      <c r="C366" t="s">
+      <c r="D366" t="s">
+        <v>10</v>
+      </c>
+      <c r="E366" t="s">
+        <v>11</v>
+      </c>
+      <c r="F366" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="D366" t="s">
-[...5 lines deleted...]
-      <c r="F366" s="1" t="s">
+      <c r="G366" t="s">
         <v>1377</v>
-      </c>
-[...1 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C367" t="s">
         <v>1379</v>
       </c>
-      <c r="B367" t="s">
-[...2 lines deleted...]
-      <c r="C367" t="s">
+      <c r="D367" t="s">
+        <v>10</v>
+      </c>
+      <c r="E367" t="s">
+        <v>11</v>
+      </c>
+      <c r="F367" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="D367" t="s">
-[...5 lines deleted...]
-      <c r="F367" s="1" t="s">
+      <c r="G367" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C368" t="s">
         <v>1383</v>
       </c>
-      <c r="B368" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="D368" t="s">
+        <v>10</v>
+      </c>
+      <c r="E368" t="s">
+        <v>11</v>
+      </c>
+      <c r="F368" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="D368" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G368" t="s">
-        <v>1386</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>181</v>
+        <v>1385</v>
       </c>
       <c r="B369" t="s">
-        <v>1375</v>
+        <v>1319</v>
       </c>
       <c r="C369" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D369" t="s">
+        <v>10</v>
+      </c>
+      <c r="E369" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="D369" t="s">
-[...5 lines deleted...]
-      <c r="F369" s="1" t="s">
+      <c r="G369" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C370" t="s">
         <v>1390</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="D370" t="s">
+        <v>10</v>
+      </c>
+      <c r="E370" t="s">
+        <v>11</v>
+      </c>
+      <c r="F370" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="D370" t="s">
-[...5 lines deleted...]
-      <c r="F370" s="1" t="s">
+      <c r="G370" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C371" t="s">
         <v>1394</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
+        <v>11</v>
+      </c>
+      <c r="F371" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="D371" t="s">
-[...5 lines deleted...]
-      <c r="F371" s="1" t="s">
+      <c r="G371" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>229</v>
+        <v>1397</v>
       </c>
       <c r="B372" t="s">
-        <v>1375</v>
+        <v>1319</v>
       </c>
       <c r="C372" t="s">
         <v>1398</v>
       </c>
       <c r="D372" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E372" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="G372" t="s">
         <v>1400</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>1401</v>
       </c>
       <c r="B373" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C373" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="D373" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E373" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="G373" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>253</v>
+        <v>1406</v>
       </c>
       <c r="B374" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C374" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="D374" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E374" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="G374" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>297</v>
+        <v>1410</v>
       </c>
       <c r="B375" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C375" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="D375" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E375" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="G375" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1411</v>
+        <v>209</v>
       </c>
       <c r="B376" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C376" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="D376" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E376" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="G376" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="B377" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C377" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D377" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E377" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="G377" t="s">
-        <v>1228</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>205</v>
+        <v>1421</v>
       </c>
       <c r="B378" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C378" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="D378" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E378" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="G378" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="B379" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C379" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="D379" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E379" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="G379" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>9</v>
+        <v>1428</v>
       </c>
       <c r="B380" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C380" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="D380" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E380" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="G380" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>157</v>
+        <v>281</v>
       </c>
       <c r="B381" t="s">
-        <v>1375</v>
+        <v>1402</v>
       </c>
       <c r="C381" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="D381" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E381" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="G381" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1430</v>
+        <v>325</v>
       </c>
       <c r="B382" t="s">
-        <v>1431</v>
+        <v>1402</v>
       </c>
       <c r="C382" t="s">
-        <v>1068</v>
+        <v>1435</v>
       </c>
       <c r="D382" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E382" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="G382" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="B383" t="s">
-        <v>1431</v>
+        <v>1402</v>
       </c>
       <c r="C383" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="D383" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E383" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="G383" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
       <c r="B384" t="s">
-        <v>1431</v>
+        <v>1402</v>
       </c>
       <c r="C384" t="s">
-        <v>1081</v>
+        <v>1443</v>
       </c>
       <c r="D384" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E384" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1439</v>
+        <v>1444</v>
       </c>
       <c r="G384" t="s">
-        <v>1440</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1441</v>
+        <v>233</v>
       </c>
       <c r="B385" t="s">
-        <v>1431</v>
+        <v>1402</v>
       </c>
       <c r="C385" t="s">
-        <v>1108</v>
+        <v>1445</v>
       </c>
       <c r="D385" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E385" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="G385" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>161</v>
+        <v>50</v>
       </c>
       <c r="B386" t="s">
-        <v>1444</v>
+        <v>1402</v>
       </c>
       <c r="C386" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="D386" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E386" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="G386" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1448</v>
+        <v>39</v>
       </c>
       <c r="B387" t="s">
-        <v>1449</v>
+        <v>1402</v>
       </c>
       <c r="C387" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D387" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E387" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="G387" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1453</v>
+        <v>185</v>
       </c>
       <c r="B388" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C388" t="s">
         <v>1454</v>
       </c>
-      <c r="C388" t="s">
+      <c r="D388" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" t="s">
+        <v>11</v>
+      </c>
+      <c r="F388" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="D388" t="s">
-[...5 lines deleted...]
-      <c r="F388" s="1" t="s">
+      <c r="G388" t="s">
         <v>1456</v>
-      </c>
-[...1 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B389" t="s">
         <v>1458</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s">
-        <v>1250</v>
+        <v>1095</v>
       </c>
       <c r="D389" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E389" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="G389" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>1461</v>
       </c>
       <c r="B390" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C390" t="s">
         <v>1462</v>
       </c>
-      <c r="C390" t="s">
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="D390" t="s">
-[...5 lines deleted...]
-      <c r="F390" s="1" t="s">
+      <c r="G390" t="s">
         <v>1464</v>
-      </c>
-[...1 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D391" t="s">
+        <v>71</v>
+      </c>
+      <c r="E391" t="s">
+        <v>72</v>
+      </c>
+      <c r="F391" s="1" t="s">
         <v>1466</v>
       </c>
-      <c r="B391" t="s">
+      <c r="G391" t="s">
         <v>1467</v>
-      </c>
-[...13 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D392" t="s">
+        <v>71</v>
+      </c>
+      <c r="E392" t="s">
+        <v>72</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="G392" t="s">
         <v>1470</v>
-      </c>
-[...16 lines deleted...]
-        <v>1473</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1474</v>
+        <v>189</v>
       </c>
       <c r="B393" t="s">
         <v>1471</v>
       </c>
       <c r="C393" t="s">
-        <v>37</v>
+        <v>1472</v>
       </c>
       <c r="D393" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E393" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
       <c r="G393" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C394" t="s">
         <v>1477</v>
       </c>
-      <c r="B394" t="s">
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="C394" t="s">
-[...8 lines deleted...]
-      <c r="F394" s="1" t="s">
+      <c r="G394" t="s">
         <v>1479</v>
-      </c>
-[...1 lines deleted...]
-        <v>1480</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B395" t="s">
         <v>1481</v>
       </c>
-      <c r="B395" t="s">
+      <c r="C395" t="s">
         <v>1482</v>
       </c>
-      <c r="C395" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E395" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="G395" t="s">
         <v>1484</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7">
+      <c r="A396" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D396" t="s">
+        <v>71</v>
+      </c>
+      <c r="E396" t="s">
+        <v>72</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G396" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7">
+      <c r="A397" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D397" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" t="s">
+        <v>11</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G397" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7">
+      <c r="A398" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D398" t="s">
+        <v>71</v>
+      </c>
+      <c r="E398" t="s">
+        <v>72</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="G398" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D399" t="s">
+        <v>71</v>
+      </c>
+      <c r="E399" t="s">
+        <v>72</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="G399" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7">
+      <c r="A400" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C400" t="s">
+        <v>65</v>
+      </c>
+      <c r="D400" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s">
+        <v>11</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G400" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7">
+      <c r="A401" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C401" t="s">
+        <v>866</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7">
+      <c r="A402" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1511</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -14494,50 +14736,57 @@
     <hyperlink ref="F371" r:id="rId370"/>
     <hyperlink ref="F372" r:id="rId371"/>
     <hyperlink ref="F373" r:id="rId372"/>
     <hyperlink ref="F374" r:id="rId373"/>
     <hyperlink ref="F375" r:id="rId374"/>
     <hyperlink ref="F376" r:id="rId375"/>
     <hyperlink ref="F377" r:id="rId376"/>
     <hyperlink ref="F378" r:id="rId377"/>
     <hyperlink ref="F379" r:id="rId378"/>
     <hyperlink ref="F380" r:id="rId379"/>
     <hyperlink ref="F381" r:id="rId380"/>
     <hyperlink ref="F382" r:id="rId381"/>
     <hyperlink ref="F383" r:id="rId382"/>
     <hyperlink ref="F384" r:id="rId383"/>
     <hyperlink ref="F385" r:id="rId384"/>
     <hyperlink ref="F386" r:id="rId385"/>
     <hyperlink ref="F387" r:id="rId386"/>
     <hyperlink ref="F388" r:id="rId387"/>
     <hyperlink ref="F389" r:id="rId388"/>
     <hyperlink ref="F390" r:id="rId389"/>
     <hyperlink ref="F391" r:id="rId390"/>
     <hyperlink ref="F392" r:id="rId391"/>
     <hyperlink ref="F393" r:id="rId392"/>
     <hyperlink ref="F394" r:id="rId393"/>
     <hyperlink ref="F395" r:id="rId394"/>
+    <hyperlink ref="F396" r:id="rId395"/>
+    <hyperlink ref="F397" r:id="rId396"/>
+    <hyperlink ref="F398" r:id="rId397"/>
+    <hyperlink ref="F399" r:id="rId398"/>
+    <hyperlink ref="F400" r:id="rId399"/>
+    <hyperlink ref="F401" r:id="rId400"/>
+    <hyperlink ref="F402" r:id="rId401"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>