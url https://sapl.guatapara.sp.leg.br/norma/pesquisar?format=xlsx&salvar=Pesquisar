--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -10,2393 +10,2477 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2814" uniqueCount="1512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2870" uniqueCount="1540">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/410/lei_no_1100_de_25_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Municipal nº 981 de 25 de Junho de 2021, que dispõe sobre a proibição do uso e manuseio de fogos de artifício e artefatos pirotécnicos com estampidp, no munícipio de Guatapará e dá outras providências, para acrescentar novas proibições."</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>1099</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/409/lei_no_1.099_de_25_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Institui no âmbito do município de Guatapará prioridade de atendimento e vagas de estacionamento aos portadores de fribromialgia e dá outras providências".</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>1098</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/408/lei_no_1.098_de_25_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dá denominação às ruas do loteamento São Bom Jeus, no municípo de Guatapará, na forma que especifica",</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/407/lei_complementar_no248-2026_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre os valores a serem pagos nos requisitótórios de pequeno valor (RPV)."</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/406/lei_complementar_no247-2026_de_25_de_fevereiro_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a atualização automática do salário mínimo municipal e dá outras providências".</t>
+  </si>
+  <si>
     <t>402</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>LEI</t>
-[...5 lines deleted...]
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/402/lei_1.095_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_guatapara_para_o_exercicio_de_2026..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/402/lei_1.095_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_guatapara_para_o_exercicio_de_2026..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa do Município de Guatapará para o exercício de 2026.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/401/lei_1.094_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/401/lei_1.094_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/400/lei_1.093_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_guatapara_para_o_periodo_de_2026_a_2029..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/400/lei_1.093_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_guatapara_para_o_periodo_de_2026_a_2029..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Guatapará para o período de 2026 a 2029.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/399/lei_1.092_-_altera_a_lei_municipal_no_1.082_de_28_de_maio_de_2025_que_instituiu_o_programa_de_recuperacao_fiscal_2025_do_municipio_de_guatapara_para_ampliar_o_prazo_de_adesao..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/399/lei_1.092_-_altera_a_lei_municipal_no_1.082_de_28_de_maio_de_2025_que_instituiu_o_programa_de_recuperacao_fiscal_2025_do_municipio_de_guatapara_para_ampliar_o_prazo_de_adesao..pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.082, de 28 de maio de 2025, que instituiu o programa de recuperação fiscal - REFIS 2025 do Município de Guatapará, para ampliar o prazo de adesão e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para pintura de faixa amarela em frente a estabelecimentos de saúde, farmácias, e drogarias, com finalidade de estacionamento rápido e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1047, de 11 de agosto de 2023, para estabelecer que os servidores municipais que estiverem presentes a se aposentar recebam os valores de depósitos do FGTS devidos em até 90 dias.</t>
   </si>
   <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/405/resolucao_no_02.2025_-_pca..pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a elaboração, a revisão e a execução do Plano Anual de Contratações(PCA) no âmbito da Câmara Municipal de Guatapará, e dá outras providências.</t>
+  </si>
+  <si>
     <t>396</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/396/lei_1.089_-_autoriza_o_poder_executivo_do_municipio_de_guatapara_a_integrar_o_consorco_de_municipios_da_mogiana_cmm_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/396/lei_1.089_-_autoriza_o_poder_executivo_do_municipio_de_guatapara_a_integrar_o_consorco_de_municipios_da_mogiana_cmm_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo do Município de Guatapará a integrar o consórcio de Municípios da Mogiana (CMM) e dá outras providências.</t>
   </si>
   <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/404/resolucao_02.2024.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta no âmbito da Câmara Municipal de Guatapará o disposto no art. 95, §2º, da Lei nº 14.133/21, que institui o contrato verbal para pequenas compras e/ou de prestação de serviços de pronto pagamento.</t>
+  </si>
+  <si>
     <t>395</t>
   </si>
   <si>
-    <t>2024</t>
-[...1 lines deleted...]
-  <si>
     <t>3</t>
   </si>
   <si>
     <t>ATO</t>
   </si>
   <si>
     <t>ATO DE MESA</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf</t>
   </si>
   <si>
     <t>Suspende o Pregão Eletrônico nº 01/2024.</t>
   </si>
   <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/403/resolucao_01.2024..pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta o processo de contratação direta previsto na Lei 14.133/2021 no âmbito do Poder Legislativo do Município de Guatapará-SP</t>
+  </si>
+  <si>
     <t>385</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx</t>
   </si>
   <si>
     <t>"Estabelece recesso no âmbito administrativo da Câmara Municipal de Guatapará – SP, no período compreendido entre 20 de dezembro de 2023 a 02 de janeiro de 2024".</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/384/lei_no_1.055..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/384/lei_no_1.055..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a despesa do Município de Guatapará para o exercício de 2024.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/383/lei_no_1.054..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/383/lei_no_1.054..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/382/lei_no_1.053..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/382/lei_no_1.053..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alterações de projetos e atividades no PPA quadriênio 2022_2025 e dá outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/381/lei_no_1.052..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/381/lei_no_1.052..pdf</t>
   </si>
   <si>
     <t>Cria o conselho municipal dos direitos das pessoas com deficiência - COMPEDE e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>LC</t>
-[...5 lines deleted...]
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/394/lei_complementar_no_216.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/394/lei_complementar_no_216.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de dois cargos de provimento efetivo, no quadro de servidores permanentes do Município de Guatapará e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/380/lei_no_1.051..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/380/lei_no_1.051..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos especiais e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/379/lei_no_1.050..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/379/lei_no_1.050..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do serviço voluntário no âmbito da administração pública do Município de Guatapará e dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/378/lei_no_1.049..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/378/lei_no_1.049..pdf</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/393/lei_complementar_no_215.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/393/lei_complementar_no_215.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para realizar pagamentos de "Assistência financeira complementar" em cumprimento a emenda constitucional nº 124 de 14 de julho de 2022 e da Lei Federal nº 14.434 de 04 de agosto de 2022, aos profissionais ocupantes dos cargos e empregos públicos de enfermeiro, técnico de enfermagem e auxiliar de enfermagem, mediante repasse financeiro da União e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/392/lei_complementar_no_214.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/392/lei_complementar_no_214.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público de professor PEB II - Matemática, junto à Secretaria Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/377/lei_no_1.048..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/377/lei_no_1.048..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização e instalação de balança para pesagem de veículos pesados e dá outras providências.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/376/lei_no_1.047..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/376/lei_no_1.047..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Guatapará junto à Caixa Econômica Federal referente ao não recolhimento de FGTS no período que específica e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/375/lei_no_1.046..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/375/lei_no_1.046..pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/391/lei_complementar_no_213.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/391/lei_complementar_no_213.pdf</t>
   </si>
   <si>
     <t>Revisão do auxílio alimentação dos servidores do legislativo Municipal, nos termos que específica.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/390/lei_complementar_no_212.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/390/lei_complementar_no_212.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual, prevista no artigo 37, Inciso X, da Constituição Federal e de Aumento no vale alimentação, na forma como específica.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/374/lei_no_1.045..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/374/lei_no_1.045..pdf</t>
   </si>
   <si>
     <t>Cria a gratificação por desempenho de atividade delegada nos termos que específica, a ser paga aos militares do Estado que exercem atividade municipal  delegada ao Estado de São Paulo, por força do convênio a ser celebrado com o Município de Guatapará, e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/373/lei_no_1.044..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/373/lei_no_1.044..pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Guatapará a celebrar convenio com o Estado de São Paulo, através da Secretaria de Segurança Pública, visando a adesão ao sistema detecta de acesso exclusivo aos dados de interesse da segurança pública e de cooperação entre os orgãos públicos.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/372/lei_no_1.043..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/372/lei_no_1.043..pdf</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/371/lei_no_1.042..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/371/lei_no_1.042..pdf</t>
   </si>
   <si>
     <t>Autoriza regulamentar alienação de imóvel Matrícula nº 98.158, ocorrida em 04 de maio de 1999, conforme cópia da escritura pública e certidão de matrícula do Município de Guatapará e dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/370/lei_no_1.041..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/370/lei_no_1.041..pdf</t>
   </si>
   <si>
     <t>Institui e inclui no calendário oficial de eventos do município de Guatapará a "Semana de promoção da educação em saúde sexual", a ser comemorada anualmente, na primeira semana do mês de setembro e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/389/lei_complementar_no_211.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/389/lei_complementar_no_211.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual, prevista no artigo 37, inciso X, da Constituição Federal como específica.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/388/lei_complementar_no_210.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/388/lei_complementar_no_210.pdf</t>
   </si>
   <si>
     <t>Altera referência do cargo de Diretor de Secretaria, pertencente ao quadro de provimento em comissão, da Câmara Municipal de Guatapará - SP e dá outras providências.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/387/lei_complementar_no_209.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/387/lei_complementar_no_209.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual, prevista no artigo 37, inciso X, da Constituição Federal, como específica.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/369/lei_no_1.040..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/369/lei_no_1.040..pdf</t>
   </si>
   <si>
     <t>Reajusta a remuneração mínima dos servidores do Município de Guatapará e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/386/lei_complementar_no_208.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/386/lei_complementar_no_208.pdf</t>
   </si>
   <si>
     <t>Altera referência do cargo de visitador - orientador social do programa criança feliz; Cria um cargo de provimento efetivo; Cria um cargo de provimento comissionado no quadro de servidores permanentes do Município de Guatapará e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/360/lei_1039.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/360/lei_1039.pdf</t>
   </si>
   <si>
     <t>"Autoriza regulamentar alienação de imóvel matrícula nº 98.162, ocorrida em 30 de dezembro de 1993, conforme cópia da escritura pública e certidão de matrícula do Município de Guatapará e dá outras".</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/362/lei_complementar_no_207.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/362/lei_complementar_no_207.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os valores a serem pagos nos requisitórios de pequeno valor (RPV), nos termos fixados pelo parágrafo 4º, do artigo 100 da Constituição Federal e as alterações promovidas pela Emenda Constitucional nº 62, de 09 de dezembro de 2009.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/361/lei_complementar_no_206.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/361/lei_complementar_no_206.pdf</t>
   </si>
   <si>
     <t>Cria um cargo de técnico de enfermagem de provimento efetivo no quadro de servidores permanentes do Município de Guatapará, e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/358/lei_1038.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/358/lei_1038.pdf</t>
   </si>
   <si>
     <t>"Institui o programa de recuperação fiscal (REFIS 2023) do Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/357/lei_1037.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/357/lei_1037.pdf</t>
   </si>
   <si>
     <t>"Altera as disposições do artigo 2º da Lei nº 1036/2023 e dá outras providências".</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/359/lei_completar_no_205.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/359/lei_completar_no_205.pdf</t>
   </si>
   <si>
     <t>"Institui gratificação de assistência e suporte à saúde - GASS para os servidores que específica e dá outras providências".</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/344/projeto_de_decreto_04.2023_-_concede_titulo_guataparaense_ao_senhor_leidir.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/344/projeto_de_decreto_04.2023_-_concede_titulo_guataparaense_ao_senhor_leidir.pdf</t>
   </si>
   <si>
     <t>"Concede título de cidadania Guataparaense ao senhor Leidir Aparecido de Souza Ribeiro".</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/343/projeto_de_decreto_03.2023_-_concede_titulo_guataparaense_a_senhora_sheila_lins.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/343/projeto_de_decreto_03.2023_-_concede_titulo_guataparaense_a_senhora_sheila_lins.pdf</t>
   </si>
   <si>
     <t>"Concede título de cidadania Guataparaense à senhora Sheila Lins de Albuquerque Ribeiro".</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/342/projeto_de_decreto_02.2023_-_concede_titulo_de_cidadania_guataparaense_ao_senhor_sidiclei.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/342/projeto_de_decreto_02.2023_-_concede_titulo_de_cidadania_guataparaense_ao_senhor_sidiclei.pdf</t>
   </si>
   <si>
     <t>" Concede título de cidadania Guataparaense ao senhor Sidiclei Pedreira de Almeida".</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>1</t>
-[...2 lines deleted...]
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/341/projeto_de_decreto_01.2023_-_concede_titulo_de_cidadania_guataparaense_a_senhora_juliana.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/341/projeto_de_decreto_01.2023_-_concede_titulo_de_cidadania_guataparaense_a_senhora_juliana.pdf</t>
   </si>
   <si>
     <t>"Concede título de cidadania Guataparaense à senhora Juliana Salete Arruda de Almeida".</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/368/lei_no_1.036.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/368/lei_no_1.036.pdf</t>
   </si>
   <si>
     <t>Autoriza alteração no valor para venda dos imóveis, na forma que específica.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/367/lei_no_1.035.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/367/lei_no_1.035.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/336/lei_1034.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/336/lei_1034.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de créditos especiais e dá outras providências".</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/335/lei_1033.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/335/lei_1033.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especiais e dá outras providências".</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/303/14.22_recesso.doc</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/303/14.22_recesso.doc</t>
   </si>
   <si>
     <t>"Dispõe sobre expediente administrativo da Câmara Municipal de Guatapará - SP, entre os dias 21 de dezembro a 31 de dezembro de 2022".</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/334/lei_1032.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/334/lei_1032.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Guatapará para o exercício de 2023".</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/337/lei_1031.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/337/lei_1031.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2023 e dá outras providências".</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/333/lei_1030.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/333/lei_1030.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações de projetos e atividades no PPA Quadriênio 2022-2025 e dá outras providências ".</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/332/lei_1029.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/332/lei_1029.pdf</t>
   </si>
   <si>
     <t>"Denomina de Andrelina Virgilina da Silva à Casa da Agricultura do Município de Guatapará-SP".</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/331/lei_1028.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/331/lei_1028.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instituição e denominação de sala de leitura na E.M.E.F "Profª. Vera Lúcia Castelhano".</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/365/decreto_no_05.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/365/decreto_no_05.2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas da Prefeitura Municipal de Guatapará, relativas ao exercício de 2015.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/364/decreto_no_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/364/decreto_no_04.2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas da Prefeitura Municipal de Guatapará, relativas ao exercício de 2014.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/363/decreto_no_03.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/363/decreto_no_03.2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas da Prefeitura Municipal de Guatapará, relativas ao exercício de 2013.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/330/lei_1027.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/330/lei_1027.pdf</t>
   </si>
   <si>
     <t>"Autoriza o legislativo municipal a fimar convênio com a coopertiva de crédito mútuo dos empregados da Embraer - COOPEREMB".</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/356/lei_complementar_204..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/356/lei_complementar_204..pdf</t>
   </si>
   <si>
     <t>"Revoga a Lei Complementar nº 165 de 20 de maio de 2019 que dispõe sobre a jornada de trabalho descrita na Lei Complementar 073/2009 no quadro de pessoal permanente do Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/329/lei_1026.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/329/lei_1026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a política Municipal dos direitos da pessoa com deficiência da criação do conselho municipal da pessoa com deficiência CMPCD do Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/302/11.22_ponto_facultativo_14.11.doc</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/302/11.22_ponto_facultativo_14.11.doc</t>
   </si>
   <si>
     <t>"Fica declarado ponto facultativo, no âmbito do Poder Legislativo no dia 14 de novembro de 2022".</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/355/lei_complementar_203.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/355/lei_complementar_203.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a estrutura administrativa da Câmara Municipal de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/328/lei_1025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/328/lei_1025.pdf</t>
   </si>
   <si>
     <t>"Autoriza a empresa MG2 incorporadora Ltda realizar sorteio das casas no âmbito de projetos habitacionais do programa "Minha Casa" e prorroga o artigo 3º da Lei 917 de 30 de setembro de 2019".</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/327/lei_1024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/327/lei_1024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a desafetação de área que específica, que era destinada a área institucional e foi transformada em área para segurança pública e dá outras providências".</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/326/lei_1023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/326/lei_1023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos suplementares e dá outras providências".</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/325/lei_1022.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/325/lei_1022.pdf</t>
   </si>
   <si>
     <t>"Denomina de "Maria da Penha Paviatto Stocco" o CRAS do Município de Guatapará-SP".</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/301/ato_de_mesa.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/301/ato_de_mesa.pdf</t>
   </si>
   <si>
     <t>Fica declarado pontos facultativos, no âmbito do Poder Legislativo nos dias 08 e 09 de setembro de 2022.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/324/lei_1021.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/324/lei_1021.pdf</t>
   </si>
   <si>
     <t>"Institui o programa bolsa atleta no âmbito do município de Guatapará-SP e dá outras providências".</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/354/lei_complementar_202.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/354/lei_complementar_202.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre isenção do Imposto sobre a propriedade predial urbana - IPTU para Munícipes de Guatapará/SP que estejam em tratamento de hemodiálise e dá outras providências".</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/323/lei_1020.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/323/lei_1020.pdf</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/322/lei_1019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/322/lei_1019.pdf</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/321/lei_1018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/321/lei_1018.pdf</t>
   </si>
   <si>
     <t>"Altera a descrição da área desafetada descrita no artigo 1º da Lei Municipal nº 1000 de 21 de dezembro de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/353/lei_complementar_201..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/353/lei_complementar_201..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a fixação do piso salarial dos agentes comunitários de saúde e agentes de combate à endemia e dá outras providências".</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/320/lei_1017.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/320/lei_1017.pdf</t>
   </si>
   <si>
     <t>"Abre no orçamento vigente crédito adicional especial e dá outras providências".</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/319/lei_1016.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/319/lei_1016.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a destinação e o recebimento de patrocínio pelo poder público a eventos realizados no Município de Guatapará, na forma que específica".</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/318/lei_1015.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/318/lei_1015.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/352/lei_complementar_200.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/352/lei_complementar_200.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de 02 (dois) cargos efetivos de psicólogo educacional na forma que específica e dá outras providências".</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/299/decreto_01.2022.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/299/decreto_01.2022.pdf</t>
   </si>
   <si>
     <t>"Concede título de cidadania guataparaense ao Exmo. Sr. Júlio César Pereira de Souza"</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/300/ato_de_mesa_08.2022.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/300/ato_de_mesa_08.2022.pdf</t>
   </si>
   <si>
     <t>Decreto Municipal nº 283, de 24/06/2022._x000D_
 "Considerar ponto facultativo na secretaria da Câmara Municipal nos dias 30/06/2022 a 01/07/2022".</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/317/lei_1014.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/317/lei_1014.pdf</t>
   </si>
   <si>
     <t>"Denomina de "Rua Regina Ferreira Souza", no Município de Guatapará-SP, a área descrita na Lei nº 635, 02 de março de 2010".</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/351/lei_complementar_199.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/351/lei_complementar_199.pdf</t>
   </si>
   <si>
     <t>"Cria dois cargos de técnico de enfermagem de provimento efetivo no quadro de servidores permanentes do Município de Guatapará, e dá outras providências".</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/316/lei_1013.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/316/lei_1013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especial, suplementar e dá outras providências".</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/315/lei_1012.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/315/lei_1012.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito especial e dá outras providências".</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/350/lei_complementar_198.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/350/lei_complementar_198.pdf</t>
   </si>
   <si>
     <t>"Autoriza excepcionalmente que o valor do auxílio alimentação dos servidores do executivo municipal seja realizado na forma parcela destacada na folha de pagamento, nos termos que específica".</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/349/lei_complementar_197.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/349/lei_complementar_197.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste aos vencimentos dos servidores ativos da administração municipal, exceto os descritos na Lei Complementar nº 194 de 23 de março de 2022, na forma que específica".</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/348/lei_complementar_196.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/348/lei_complementar_196.pdf</t>
   </si>
   <si>
     <t>"Prorroga o plano de demissão voluntária (PDV) e dá outras providências".</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/314/lei_1011.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/314/lei_1011.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral anual, prevista no artigo 37, inciso X, da Constituição Federal como específica".</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/347/lei_complementar_195.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/347/lei_complementar_195.pdf</t>
   </si>
   <si>
     <t>"Redenomina cargo de provimento efetivo de monitor de cursos educacionais para monitor educacional, cria atribuições, requisitos para provimento e dá outras providências".</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/313/lei_1010..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/313/lei_1010..pdf</t>
   </si>
   <si>
     <t>"Denomina de "Altino Antônio Stoque" a rua "J" do Jardim Alvorada, no Município de Guatapará/SP.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/312/lei_1009.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/312/lei_1009.pdf</t>
   </si>
   <si>
     <t>"Autoriza o legislativo municipal a firmar convênio com a MEDCRED Cooperativa de Crédito - MEDCRED.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/311/lei_1008.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/311/lei_1008.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação de bens móveis e/ou imóveis para o Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/310/lei_1007.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/310/lei_1007.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a regulamentação da poda de árvores no Município de Guatapará".</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/309/lei_1006.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/309/lei_1006.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especiais e dá outras providências"</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/346/lei_complementar_194.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/346/lei_complementar_194.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos aos servidores ocupantes de cargos de professor de educação infantil, professor de educação básica I, professor de educação básica II, professor de educação inclusiva e instrutor de música, para adequação ao piso salarial profissional nacional dos profissionais do magistério público da educação básica, nos termos em que preceitua a Lei Federal nº 11.738/2008".</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/345/lei_complementar_193.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/345/lei_complementar_193.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre os valores a serem pagos nos requisitórios de pequeno valor (RPV), nos termos fixados pelo parágrafo 4º, do artigo 100 da Constituição Federal e as alterações promovidas pela emenda constitucional nº 62, de 09 de dezembro de 2009".</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/340/lei_complementar_192.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/340/lei_complementar_192.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o desmembramento da secretaria de educação cultura e redemonimação para secretaria municipal  de cultura e turismo, conforme específica e dá outras providências".</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/339/lei_complementar_191.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/339/lei_complementar_191.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargo de provimento em comissão de diretor do departamento de ação social na forma que específica e dá outras providências".</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/308/lei_1005.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/308/lei_1005.pdf</t>
   </si>
   <si>
     <t>"Reajusta a remuneração mínima dos servidores do Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/307/lei_1004.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/307/lei_1004.pdf</t>
   </si>
   <si>
     <t>"Institui o programa de recuperação fiscal (REFIS 2022) do Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/338/lei_complementar_190.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/338/lei_complementar_190.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de cargo efetivo de auxiliar de berçario na forma que específica e dá outras providências".</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/306/lei_1003.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/306/lei_1003.pdf</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/305/lei_1002.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/305/lei_1002.pdf</t>
   </si>
   <si>
     <t>"Autoriza a desafetação de área de propriedade do Município de Guatapará para construção de uma escola no bairro Mombuca na forma que específica".</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/304/lei_1001.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/304/lei_1001.pdf</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/298/lei_ordinaria_n__1000.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/298/lei_ordinaria_n__1000.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a desafetação de área urbana e autorização de permuta de área destinada do trecho da Rua Mamoro Hirakawa, Bairro Mombuca - 1º Oficial de Registro de Imóveis, comarca de Ribeirão Preto com pintura na UBS do Bairro Mombuca e dá outras providências".</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/297/lei_ordinaria_n__999.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/297/lei_ordinaria_n__999.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos suplementares, especiais e dá outras providências".</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/296/lei_ordinaria_n__998.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/296/lei_ordinaria_n__998.pdf</t>
   </si>
   <si>
     <t>"Estima receita e fixa a despesa do município de guatapará para o exercício de 2022".</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/255/lei_complementar_n189.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/255/lei_complementar_n189.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder Executivo a conceder abono extraordinário aos profissionais da saúde, em razão do enfrentamento direto e frontal ao coronavirus - COVI-19 no Município de Guatapará, abrir crédito suplementar e dá outras providências".</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/295/lei_ordinaria_n__997.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/295/lei_ordinaria_n__997.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/294/lei_ordinaria_n__996.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/294/lei_ordinaria_n__996.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o plano plurianual do Município de Guatapará para o período de 2022 a 2025.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_n188.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_n188.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão do ABONO-FUNDEB aos profissionais da educação básica da rede municipal de ensino, na forma que específica".</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/293/lei_ordinaria_n__995.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/293/lei_ordinaria_n__995.pdf</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/292/lei_ordinaria_n__994.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/292/lei_ordinaria_n__994.pdf</t>
   </si>
   <si>
     <t>"Cria Zona de expansão urbana, parte do Lote C-250, Matrícula 197.808 - 1º C.R.I de Ribeirão Preto, destinada a construção de moradias populares".</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/291/lei_ordinaria_n__993.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/291/lei_ordinaria_n__993.pdf</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>RES</t>
-[...5 lines deleted...]
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/250/resolucao_03.2021_cede_anexo_para_prefeitura.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/250/resolucao_03.2021_cede_anexo_para_prefeitura.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CESSÃO DE USO A PREFEITURA MUNICIPAL DE GUATAPARÁ PARA UTILIZAR PARTE DAS DEPENDÊNCIAS DO PRÉDIO DA CÂMARA MUNICIPAL DE GUATAPARÁ."</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/290/lei_ordinaria_n__992.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/290/lei_ordinaria_n__992.pdf</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/289/lei_ordinaria_n__991.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/289/lei_ordinaria_n__991.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Guatapará a firmar convênio com a Caixa Econômica Federal no âmbito de projetos habitacionais e modifica o artigo 5º da Lei 917 de 30 de setembro de 2019".</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/288/lei_ordinaria_n__990.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/288/lei_ordinaria_n__990.pdf</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/253/lei_complementar_n187.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/253/lei_complementar_n187.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação de empregos de provimento permanente e da organização da procuradoria, nos termos do artigo 98 da Constituição do Estado de São Paulo e artigos 44, IV, e 48 e seus incisos da lei orgânica do Município de guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/287/lei_ordinaria_n__989.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/287/lei_ordinaria_n__989.pdf</t>
   </si>
   <si>
     <t>"Cria atribuições e requisitos para provimento dos cargos em comissão previstos no anexo V da Lei Complementar nº 37 de 10 de fevereiro de 2005 e dá outras providências".</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/286/lei_ordinaria_n__988.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/286/lei_ordinaria_n__988.pdf</t>
   </si>
   <si>
     <t>"Institui a inclusão do símbolo mundial de autismo nas placas de atendimento preferencial pelos estabelecimentos comerciais, na forma que específica".</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/285/lei_ordinaria_n__987.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/285/lei_ordinaria_n__987.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre denominação de praça Cauane Vitória da Silva Nunes o sistema de lazer localizado no loteamento Adélia Jardim".</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/284/lei_ordinaria_n__986.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/284/lei_ordinaria_n__986.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/283/lei_ordinaria_n__985.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/283/lei_ordinaria_n__985.pdf</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/282/lei_ordinaria_n__984.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/282/lei_ordinaria_n__984.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Guatapará a receber em doação, sem ônus área de terra pertencente ao loteamento denominado barcelona".</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/281/lei_ordinaria_n__983.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/281/lei_ordinaria_n__983.pdf</t>
   </si>
   <si>
     <t>"Torna obrigatória a adoção de medidas de limpeza ou de desassoreamento das valetas de várzea do bairro Mombuca, na forma que específica".</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/279/lei_ordinaria_n__981.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/279/lei_ordinaria_n__981.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a proibição do uso e manuseio de fogos de artifício e artefatos pirotécnicos com estampido, no município de guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/252/lei_complementar_n186.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/252/lei_complementar_n186.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação da junta administrativa de recursos de infrações - JARI e dá outras providências".</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/278/lei_ordinaria_n__980.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/278/lei_ordinaria_n__980.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder Executivo a permutar imóvel com particular, por reforma de imóvel do Município, sem torna de valor".</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/277/lei_ordinaria_n__979.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/277/lei_ordinaria_n__979.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do programa guarda municipal mirim, no município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/276/lei_ordinaria_n__978.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/276/lei_ordinaria_n__978.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Guatapará a doar a secretaria de segurança pública do Estado de São Paulo, imóvel destinado a sede do grupamento policial da policia militar - G.P/P.M do Município de Guatapará".</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/275/lei_ordinaria_n__977.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/275/lei_ordinaria_n__977.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a restrição de tráfego de veículos pesados com até 03 eixos no Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/274/lei_ordinaria_n__976.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/274/lei_ordinaria_n__976.pdf</t>
   </si>
   <si>
     <t>"Autoriza o município de Guatapará a receber em doação, sem ônus área de terra pertencente ao loteamento denominado pesqueiro tiãozinho".</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/273/lei_ordinaria_n__975.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/273/lei_ordinaria_n__975.pdf</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/272/lei_ordinaria_n__974.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/272/lei_ordinaria_n__974.pdf</t>
   </si>
   <si>
     <t>"Ratifica protocolo de intenções firmado entre Municípios Brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus, medicamentos, insumos e equipamentos na área da saúde".</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/271/lei_ordinaria_n__973.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/271/lei_ordinaria_n__973.pdf</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/270/lei_ordinaria_n__972.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/270/lei_ordinaria_n__972.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação do conselho municipal de acompanhamento e controle social do fundo de manutenção e desenvolvimento da educação básica e da valorização dos profissionais da educação - CACS - FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamento da forma da Lei Federal nº 14.113, de 25 de Dezembro de 2020 na hipótese e condições que específica".</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/269/lei_ordinaria_n__971.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/269/lei_ordinaria_n__971.pdf</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/268/lei_ordinaria_n__970.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/268/lei_ordinaria_n__970.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a qualificação de entidades como organizações sociais e dá outras providências"</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/267/lei_ordinaria_n__969.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/267/lei_ordinaria_n__969.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a qualificação de entidades como organizações sociais e dá outras providências".</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/266/lei_ordinaria_n__968.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/266/lei_ordinaria_n__968.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especiais, e dá outras providências".</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/265/lei_ordinaria_n__967.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/265/lei_ordinaria_n__967.pdf</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/264/lei_ordinaria_n__966.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/264/lei_ordinaria_n__966.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/263/lei_ordinaria_n__965.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/263/lei_ordinaria_n__965.pdf</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/262/lei_ordinaria_n__964.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/262/lei_ordinaria_n__964.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aberturas de créditos especiais e dá outras providências".</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/280/lei_ordinaria_n__982.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/280/lei_ordinaria_n__982.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Guatapará à participar do consórcio intermunicipal culturando e ratifica a assinatura do prefeito municipal no termo aditivo ao contrato de criação do consórcio, nos termos da Lei Federal nº 11.107, de 06 de abril de 2005 e decreto Federal nº 6.017, de 17 de Janeiro de 2007".</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/261/lei_ordinaria_n__963.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/261/lei_ordinaria_n__963.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Guatapará a doar alimentos da merenda escolar que estiverem próximos do vencimento na forma que específica".</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/260/lei_ordinaria_n__962.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/260/lei_ordinaria_n__962.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a proteção aos animais prevista no artigo 225, §1º, inciso VII, da Constituição Federal no âmbito do Município de Guatapará e dá outras providências".</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/259/lei_ordinaria_n__961.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/259/lei_ordinaria_n__961.pdf</t>
   </si>
   <si>
     <t>"Institui o programa de recuperação fiscal (REFIS-2021) do Município de Guatapará e dá outras providencias".</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/258/lei_ordinaria_n__960.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/258/lei_ordinaria_n__960.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos previstos na Lei nº 844 de 07 de fevereiro de 2018 que dispõe sobre estágio no Município de Guatapará e dá outras providências"</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/257/lei_ordinaria_n__959.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/257/lei_ordinaria_n__959.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre abertura de créditos especiais e dá outras providencias".</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/256/lei_ordinaria_n__958.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/256/lei_ordinaria_n__958.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especial e dá outras providencias".</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/251/lei_complementar_n185.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/251/lei_complementar_n185.pdf</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/240/camscanner_04-08-2021_08.53.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/240/camscanner_04-08-2021_08.53.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES, E DÁ OUTRAS  PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/239/camscanner_04-08-2021_08.52.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/239/camscanner_04-08-2021_08.52.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LIMPEZA DE TERRENOS_x000D_
 _x000D_
 BALDIOS DE PARTICULARES E DÁ OUTRAS_x000D_
 _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/238/camscanner_04-08-2021_08.46.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/238/camscanner_04-08-2021_08.46.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO_x000D_
 _x000D_
 MUNICÍPIO DE GUATAPARÁ PARA O_x000D_
 _x000D_
 EXERCÍCIO DE 2021”.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/237/camscanner_04-08-2021_08.46.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/237/camscanner_04-08-2021_08.46.pdf</t>
   </si>
   <si>
     <t>ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/236/camscanner_04-07-2021_15.34.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/236/camscanner_04-07-2021_15.34.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÕES DE PROJETOS E_x000D_
 _x000D_
 ATIVIDADES NO PPA QUADRIÊNIO 2018_2021_x000D_
 _x000D_
 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>248</t>
-[...1 lines deleted...]
-  <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/248/camscanner_04-08-2021_15.04.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/248/camscanner_04-08-2021_15.04.pdf</t>
   </si>
   <si>
     <t>ALTERA REFERÊNCIA SALARIAL DO CARGO ASSESSOR JURÍDICO QUE CONSTA NO ANEXO V DA LEI COMPLEMENTAR 037/2005 DO MUNICÍPIO, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
-    <t>247</t>
-[...1 lines deleted...]
-  <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/247/camscanner_04-08-2021_15.03.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/247/camscanner_04-08-2021_15.03.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA_x000D_
 _x000D_
 COLETA, ARMAZENAMENTO E DESTINAÇÃO_x000D_
 _x000D_
 FINAL DE EMBALAGENS DE VIDRO NÃO_x000D_
 _x000D_
 RETORNÁVEIS MODELO LONG NECK OU ONE_x000D_
 _x000D_
 WAY PELOS SEUS REVENDEDORES,_x000D_
 _x000D_
 FORNECEDORES, COMERCIANTES E_x000D_
 _x000D_
 FABRICANTES, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/246/camscanner_04-08-2021_15.02.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/246/camscanner_04-08-2021_15.02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS VALORES A SEREM PAGOS_x000D_
 _x000D_
 NOS REQUISITÓRIOS DE PEQUENO VALOR_x000D_
 _x000D_
 (RPV), NOS TERMOS FIXADOS PELO_x000D_
 _x000D_
 PARÁGRAFO 4º, DO ARTIGO 100 DA_x000D_
 _x000D_
 CONSTITUIÇÃO FEDERAL E AS ALTERAÇÕES_x000D_
 _x000D_
 PROMOVIDAS PELA EMENDA_x000D_
 _x000D_
 CONSTITUCIONAL Nº 62, DE 09 DE DEZEMBRO_x000D_
 _x000D_
 DE 2009.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/235/camscanner_04-07-2021_15.33.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/235/camscanner_04-07-2021_15.33.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO_x000D_
 _x000D_
 SUPLEMENTAR, E DÁ OUTRAS_x000D_
 _x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/234/camscanner_04-07-2021_15.32.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/234/camscanner_04-07-2021_15.32.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DECLARAÇÃO DE PRESCRIÇÃO E_x000D_
 _x000D_
 PROCEDIMENTO DE BAIXA DOS DÉBITOS_x000D_
 _x000D_
 MUNICIPAIS DA PREFEITURA MUNICIPAL DE_x000D_
 _x000D_
 GUATAPARÁ INSCRITOS EM RESTOS A PAGAR_x000D_
 _x000D_
 IGUAL OU SUPERIOR A 05 (CINCO) ANOS, E_x000D_
 _x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/233/camscanner_04-07-2021_15.31.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/233/camscanner_04-07-2021_15.31.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA “GUATAPARÁ SOLIDÁRIA”_x000D_
 _x000D_
 VISANDO AÇÃO CONCRETA DE SOLIDARIEDADE_x000D_
 _x000D_
 E CIDADANIA CONTRA A FOME E SOCORRO_x000D_
 _x000D_
 IMEDIATO COM DOAÇÃO DE CESTAS BÁSICAS_x000D_
 _x000D_
 DE ALIMENTOS, DE MATERIAIS DE_x000D_
 _x000D_
 CONSTRUÇÃO (AREIA, PEDRA, CAL, CIMENTO_x000D_
 _x000D_
 E TELHAS) E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/232/camscanner_04-07-2021_15.30.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/232/camscanner_04-07-2021_15.30.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ROMUALDO AUGUSTO –_x000D_
 _x000D_
 CURIMBA” O ESPAÇO DE EVENTOS,_x000D_
 _x000D_
 LOCALIZADO NA RUA HERÍNIO FÉLIX_x000D_
 _x000D_
 BONFIM, NO MUNICÍPIO DE GUATAPARÁ -_x000D_
 _x000D_
 SP.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/231/camscanner_04-07-2021_15.29.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/231/camscanner_04-07-2021_15.29.pdf</t>
   </si>
   <si>
     <t>TRABALHO, EMPREGO E RENDA – CMTER, O FUNDO MUNICIPAL DO TRABALHO, EMPREGO E RENDA – FMTER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/245/camscanner_04-08-2021_15.011.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/245/camscanner_04-08-2021_15.011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPENSAÇÃO DE CRÉDITO_x000D_
 _x000D_
 TRIBUTÁRIO INSCRITO OU NÃO EM DÍVIDA_x000D_
 _x000D_
 ATIVA COM DÉBITO DA PREFEITURA DE_x000D_
 _x000D_
 GUATAPARÁ.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/230/camscanner_04-07-2021_15.27.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/230/camscanner_04-07-2021_15.27.pdf</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/229/camscanner_04-07-2021_15.22.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/229/camscanner_04-07-2021_15.22.pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/228/camscanner_04-07-2021_15.21.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/228/camscanner_04-07-2021_15.21.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BANCO DE RAÇÕES NO_x000D_
 _x000D_
 MUNICÍPIO DE GUATAPARÁ.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/227/camscanner_04-07-2021_15.20.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/227/camscanner_04-07-2021_15.20.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/226/camscanner_04-07-2021_15.19.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/226/camscanner_04-07-2021_15.19.pdf</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/225/camscanner_04-07-2021_15.08.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/225/camscanner_04-07-2021_15.08.pdf</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/224/camscanner_04-07-2021_15.07.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/224/camscanner_04-07-2021_15.07.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/223/camscanner_04-07-2021_15.06.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/223/camscanner_04-07-2021_15.06.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO CULTURAL, EDUCATIVA, ESPORTIVA E PROFISSIONALIZANTE DO MUNICÍPIO DE GUATAPARÁ”.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/222/camscanner_04-07-2021_15.05.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/222/camscanner_04-07-2021_15.05.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/244/camscanner_04-08-2021_15.25.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/244/camscanner_04-08-2021_15.25.pdf</t>
   </si>
   <si>
     <t>CRIA UM CARGO DE ASSESSOR JURÍDICO I NO_x000D_
 _x000D_
 QUADRO DE PROVIMENTO EM COMISSÃO,_x000D_
 _x000D_
 PREVISTO NO ANEXO V DA LEI_x000D_
 _x000D_
 COMPLEMENTAR Nº 37, DE 10 DE FEVEREIRO_x000D_
 _x000D_
 DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/221/camscanner_04-07-2021_15.04.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/221/camscanner_04-07-2021_15.04.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/220/camscanner_04-07-2021_15.02.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/220/camscanner_04-07-2021_15.02.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/243/camscanner_04-08-2021_14.56.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/243/camscanner_04-08-2021_14.56.pdf</t>
   </si>
   <si>
     <t>CRIA UM CARGO DE FARMACÊUTICO DE_x000D_
 _x000D_
 PROVIMENTO EFETIVO NO QUADRO DE_x000D_
 _x000D_
 SERVIDORES PERMANENTES DO MUNICÍPIO_x000D_
 _x000D_
 DE GUATAPARÁ, E DÁ OUTRAS_x000D_
 _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/219/camscanner_04-07-2021_14.59.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/219/camscanner_04-07-2021_14.59.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA DOAÇÃO DE LOTES DE INTERESSE SOCIAL URBANIZADOS DO MUNICÍPIO DE GUATAPARÁ PARA FINS DE MORADIA, DEFINE OS CRITÉRIOS PERTINENTES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/218/camscanner_04-07-2021_14.51.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/218/camscanner_04-07-2021_14.51.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALTERAR DISPOSITIVOS DA LEI 844 DE 07 DE FEVEREIRO DE 2018 QUE REGULAMENTA O ESTÁGIO NO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/217/camscanner_04-07-2021_14.50.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/217/camscanner_04-07-2021_14.50.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR CONVÊNIO COM O DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DE SÃO PAULO – DER/SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>177A-177</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/241/camscanner_04-08-2021_14.54.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/241/camscanner_04-08-2021_14.54.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE 04 (QUATRO)_x000D_
 _x000D_
 CARGOS TEMPORÁRIOS PARA ATENDIMENTO_x000D_
 _x000D_
 AOS CRITÉRIOS ESTABELECIDOS PARA_x000D_
 _x000D_
 IMPLANTAÇÃO DO PROGRAMA “CRIANÇA_x000D_
 _x000D_
 FELIZ” DO MINISTÉRIO DO_x000D_
 _x000D_
 DESENVOLVIMENTO SOCIAL. 177 - A 06/03/2020_x000D_
 _x000D_
 DISPÕE SOBRE A CRIAÇÃO DE 04 (QUATRO)_x000D_
 _x000D_
 CARGOS TEMPORÁRIOS PARA ATENDIMENTO_x000D_
 _x000D_
 AOS CRITÉRIOS ESTABELECIDOS PARA_x000D_
 _x000D_
 IMPLANTAÇÃO DO PROGRAMA “CRIANÇA_x000D_
 _x000D_
 FELIZ” DO MINISTÉRIO DO_x000D_
 _x000D_
 DESENVOLVIMENTO</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/216/camscanner_04-07-2021_14.49.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/216/camscanner_04-07-2021_14.49.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/215/camscanner_04-07-2021_14.48.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/215/camscanner_04-07-2021_14.48.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL DE_x000D_
 _x000D_
 GUATAPARÁ A CELEBRAR CONVÊNIO COM O_x000D_
 _x000D_
 ESTADO DE SÃO PAULO, POR INTERMÉDIO DA_x000D_
 _x000D_
 SECRETARIA DA SEGURANÇA PÚBLICA,_x000D_
 _x000D_
 OBJETIVANDO O PAGAMENTO DE_x000D_
 _x000D_
 GRATIFICAÇÃO, A TÍTULO DE PRÓ-LABORE,_x000D_
 _x000D_
 AOS POLICIAIS MILITARES DO GRUPAMENTO_x000D_
 _x000D_
 POLICIAL DO MUNICÍPIO DE GUATAPARÁ, E_x000D_
 _x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/214/camscanner_04-07-2021_14.45.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/214/camscanner_04-07-2021_14.45.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS , E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/242/camscanner_04-08-2021_14.561.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/242/camscanner_04-08-2021_14.561.pdf</t>
   </si>
   <si>
     <t>REDENOMINA CARGO DE PROVIMENTO_x000D_
 _x000D_
 COMISSÃODE PROCURADOR JUDICIAL PARA_x000D_
 _x000D_
 PROCURADOR CHEFE E DÁ OUTRAS_x000D_
 _x000D_
 PROVIDÊNCIAS. 178 03/02/2020_x000D_
 _x000D_
 “CONCEDE REAJUSTE DE VENCIMENTOS AOS_x000D_
 _x000D_
 SERVIDORES OCUPANTES DE CARGOS DE_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO INFANTIL,_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO BÁSICA I,_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO BÁSICA II,_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO INCLUSIVA E_x000D_
 _x000D_
 INSTRUTOR DE MÚSICA, PARA ADEQUAÇÃO_x000D_
 _x000D_
 AO PISO SALARIAL PROFISSIONAL NACIONAL_x000D_
@@ -2405,2369 +2489,2369 @@
 _x000D_
 PÚBLICO DA EDUCAÇÃO BÁSICA, NOS_x000D_
 _x000D_
 TERMOS EM QUE PRECEITUA A LEI FEDERAL_x000D_
 _x000D_
 Nº 11.738/2008.” 178 -A 18/03/2020_x000D_
 _x000D_
 “CONCEDE REAJUSTE DE VENCIMENTOS AOS_x000D_
 _x000D_
 SERVIDORES OCUPANTES DE CARGOS DE_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO INFANTIL,_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO BÁSICA I,_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO BÁSICA II,_x000D_
 _x000D_
 PROFESSOR DE EDUCAÇÃO INCLUSIVA E_x000D_
 _x000D_
 INSTRUTOR DE MÚSICA, PARA ADEQUAÇÃO</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/213/camscanner_04-07-2021_14.44.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/213/camscanner_04-07-2021_14.44.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N°656 DE 16 DE SETEMBRO DE 2010</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/212/camscanner_04-07-2021_14.41.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/212/camscanner_04-07-2021_14.41.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/211/camscanner_04-07-2021_14.37.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/211/camscanner_04-07-2021_14.37.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS 2020) DO MUNICÍPIO DE GUATAPARÁ</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/209/lei_927.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/209/lei_927.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alterações de projetos e atividades no PPA – Quadriênio 2018-2021 e dá outras providências”.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/208/lei_926_completa.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/208/lei_926_completa.pdf</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/207/lei_925_1.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/207/lei_925_1.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/206/lei_924.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/206/lei_924.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos suplementares e dá outras providências”.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/204/lei_922_1.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/204/lei_922_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos especiais e dá outras providências”.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/203/lei_921_1.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/203/lei_921_1.pdf</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/202/lei_920.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/202/lei_920.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos suplementares e dá outras providências”</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/201/lei_919.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/201/lei_919.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre abertura de crédito especial suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/200/lei_918.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/200/lei_918.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos suplementares e dá outras providências</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/199/25_-_lei_917.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/199/25_-_lei_917.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a doar mediante ônus de construção, através de concorrência pública, imóvel de propriedade do Município, criando Programa Guatapará Minha Casa, que visa apoiar e incentivar a construção de moradias em nosso município em complementariedade ao Programa Federal Minha Casa Minha Vida”.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/198/24_-_lei_916.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/198/24_-_lei_916.pdf</t>
   </si>
   <si>
     <t>“Cria Programa Social para atendimento da população carente do Município de Guatapará e dá outras providências.”</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/197/23_-_lei_915.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/197/23_-_lei_915.pdf</t>
   </si>
   <si>
     <t>“Autoriza o município de Guatapará a contratar com a Desenvolve SP – Agência de Fomento do Estado de São Paulo, Operações em crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/196/22_-_lei_914.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/196/22_-_lei_914.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal (refis 2019) do município de Guatapará e dá outras providências”.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/195/21_-_lei_913.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/195/21_-_lei_913.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Programa Municipal de Educação Financeira, no município de Guatapará e dá outras providências”.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/194/20_-_lei_912.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/194/20_-_lei_912.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de créditos especiais e dá outras providências.”</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/193/19_-_lei_911.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/193/19_-_lei_911.pdf</t>
   </si>
   <si>
     <t>“Autoriza o recebimento de bens móveis pelo município, a título de doação sem encargos e dá outras providências”.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/192/18_-_lei_910.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/192/18_-_lei_910.pdf</t>
   </si>
   <si>
     <t>“Denomina nome de Rua Mário Cesarino, no município de Guatapará e dá outras providências”</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/191/17_-_lei_909.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/191/17_-_lei_909.pdf</t>
   </si>
   <si>
     <t>“Denomina nome de Rua José LInares Neto, no município de Guatapará e dá outras providências.”</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/190/lei_908_completa.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/190/lei_908_completa.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/189/16_-_lei_907.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/189/16_-_lei_907.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município de Guatapará a contratar com a Desenvolve SP – Agência de Fomento do Estado de São Paulo, Operações de crédito com outorga de garantia e dá outras providências.”</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/188/15_-_lei_906.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/188/15_-_lei_906.pdf</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/187/14_-_lei_905.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/187/14_-_lei_905.pdf</t>
   </si>
   <si>
     <t>“Institui no calendário oficial do Município de Guatapará/SP o dia 12 de maio, como dia da Conscientização e enfrentamento da doença fibromialgia”.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/185/12_-_lei_903.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/185/12_-_lei_903.pdf</t>
   </si>
   <si>
     <t>Denomina de Tonico Tenello a Rua H do Jardim Alvorada, no município de Guatapará/SP”.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/186/13_-_lei_904.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/186/13_-_lei_904.pdf</t>
   </si>
   <si>
     <t>“Denomina de Claudinei Rogério de Paula a sala de Raio X, da Unidade Básica de Saúde de Guatapará DR. Orestes Moura Pinto".</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/184/11_-_lei_902.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/184/11_-_lei_902.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de distrito industrial “Atílio Frediani” no município de Guatapará, estabelece incentivos à instalação de indústria e ,institui o programa de desenvolvimento industrial (PDI), e dá outras providências.”</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/183/10_-_lei_901.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/183/10_-_lei_901.pdf</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/182/9_-_lei_900.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/182/9_-_lei_900.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar contrato com entidade de prestação de serviços de assistência médico-hospitalar e laboratorial ou operadora de plano de saúde e dá outras providências.”</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/181/lei_899_completa.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/181/lei_899_completa.pdf</t>
   </si>
   <si>
     <t>" Dispõe sobre a abertura de créditos especiais e dá outras providências."</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/180/lei_898_completa.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/180/lei_898_completa.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especiais e dá outras providências."</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/179/lei_897_com_anexo.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/179/lei_897_com_anexo.pdf</t>
   </si>
   <si>
     <t>" Corrige o valor descrito no artigo 1º da Lei 889, de 14 de janeiro de 2019 de acordo com o anexo I e dá outras providências".</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf</t>
   </si>
   <si>
     <t>“ Dispõe sobre a abertura de créditos especiais e dá outras providências”</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de créditos especiais e dá outras providências ".</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf</t>
   </si>
   <si>
     <t>"Concede reajuste de vencimentos aos servidores ocupantes de cargos de professor de educação infantil, professor de educação básica I, professor de educação básica II, professor de educação inclusiva e instrutor de música, para adequação ao piso salarial profissional nacional dos profissionais do magistério".</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/205/lei_923_1.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/205/lei_923_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição de rua no bairro Mombuca, no município de Guatapará, matricula do imóvel nº 157.093, extraída do registro geral do 1º Cartório de Registros de Imóveis da Comarca de Ribeirão Preto/SP e dá outras providências”.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/173/3_-_lei_891.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/173/3_-_lei_891.pdf</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/172/2_-_lei_890.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/172/2_-_lei_890.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/171/1_-_lei_889.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/171/1_-_lei_889.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR, EM LEILÃO BENS MÓVEIS INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/160/lo_888.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/160/lo_888.pdf</t>
   </si>
   <si>
     <t>“CRIA ATRIBUIÇÕES PARA O CARGO DE FISCAL TRIBUTÁRIO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/170/lc_158.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/170/lc_158.pdf</t>
   </si>
   <si>
     <t>“ CRIA CARGOS EFETIVOS NO QUADRO DE PROVIMENTO EFETIVO, PREVISTO NO ANEXO VI DA LEI COMPLEMENTAR N° 37, DE 10 DE FEVEREIRO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/159/lo_887.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/159/lo_887.pdf</t>
   </si>
   <si>
     <t>“ABRE NO ORÇAMENTO VIGENTE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/157/lo_885.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/157/lo_885.pdf</t>
   </si>
   <si>
     <t>“DENOMINA NOME DE RUA BRENO VIEIRA DE AQUINO LEITE, MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/156/lo_884.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/156/lo_884.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUATAPARÁ PARA O EXERCÍCIO DE 2019.”</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/155/lo_883.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/155/lo_883.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/154/lo_882.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/154/lo_882.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/158/lo_886.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/158/lo_886.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CORREÇÃO DO NOME DA RUA “KENKIKI SHIMOMOTO” PARA RUA “KENKITI SHIMOMOTO”, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/153/lo_881.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/153/lo_881.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DE ESTRADA RURAL MUNICIPAL E AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER SUA MANUTENÇÃO, DECLARA SERVIDÃO ADMINISTRATIVA DE TRÂNSITO PÚBLICO O TRECHO DA ESTRADA RURAL MUNICIPAL QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/152/lo_880.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/152/lo_880.pdf</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/151/lo_879.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/151/lo_879.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “LUIZ CARRILE” A RUA 07, DO JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/150/lo_878.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/150/lo_878.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITOS ESPECIAIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/149/lo_877.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/149/lo_877.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “MARIA JOSÉ MAZIERO” A RUA 06, DO JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/148/lo_876.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/148/lo_876.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “BENEDITO FERREIRA DA SILVA” A RUA 05, DO JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/147/lo_875.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/147/lo_875.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “MIGUEL CORTEZ” A RUA 04, DO JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/146/lo_874.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/146/lo_874.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “AUGUSTO CARRILE” A RUA 03, DO JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/145/lo_873.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/145/lo_873.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “VICENTE LUCAS” A RUA 02 DO JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/144/lo_872.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/144/lo_872.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “FRANCISCO FREDIANO” A RUA 01 DE JARDIM ADÉLIA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/143/lo_871.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/143/lo_871.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/169/lc_157.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/169/lc_157.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PLANO DE INCENTIVOS À PROJETOS HABITACIONAIS POPULARES, DE INTERESSE SOCIAL, VINCULADOS AO PROGRAMA FEDERAL “MINHA CASA, MINHA VIDA”, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/141/lo_869.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/141/lo_869.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/142/lo_870.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/142/lo_870.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA AÇÃO JOVEM NO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/140/lo_868.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/140/lo_868.pdf</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/139/lo_867.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/139/lo_867.pdf</t>
   </si>
   <si>
     <t>“RECONHECE NOS TERMOS DO ARTIGO 13, INCISO I DA LEI 13.465 DE 11 DE JULHO DE 2017, O BAIRRO SÃO PEDRO COMO ÁREA DE INTERESSE SOCIAL PARA FINS DE REGULARIZAÇÃO FUNDIÁRIA – (REURB – S).”</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/138/lo_866.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/138/lo_866.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR, EM LEILÃO, BENS MÓVEIS INSERVÍVEIS DE PROPRIEDADE DO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/137/lo_865.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/137/lo_865.pdf</t>
   </si>
   <si>
     <t>“TORNA OBRIGATÓRIA A ADOÇÃO DE MEDIDAS QUE VISEM A EVITAR O LEVANTAMENTO DE POEIRA.”</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/168/lc_156.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/168/lc_156.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR OS PROJETOS DO PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/135/lo_863.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/135/lo_863.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CONSTRUIR PALCO NA ÁREA DA ANTIGA FEPASA E POSTERIOR COBERTURA DO ESPAÇO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/167/lc_155.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/167/lc_155.pdf</t>
   </si>
   <si>
     <t>“ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES DO EXECUTIVO MUNICIPAL, NOS TERMOS QUE ESPECIFICA”.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/136/lo_864.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/136/lo_864.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE GUATAPARÁ A RETIRAR-SE DO CONSÓRCIO INTERMUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/166/lc_154.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/166/lc_154.pdf</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL AOS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL, NA FORMA QUE ESPECIFICA”.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/134/lo_862.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/134/lo_862.pdf</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/133/lo_861.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/133/lo_861.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO SISTEMA DE CONTROLE INTERNO E DÁ OUTRAS PROVIDÊNCIAS CORRELATADAS.”</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/132/lo_860.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/132/lo_860.pdf</t>
   </si>
   <si>
     <t>“CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMDEC) DO MUNICÍPIO DE GUATAPARÁ, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/131/lo_859.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/131/lo_859.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ARTIGO 172 DA LEI COMPLEMENTAR 031 DE 12 DE NOVEMBRO DE 2002 DO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2018/109/109_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2018/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA O ACESSO A INFORMAÇÃO E CRIA A OUVIDORIA DA CÂMARA MUNICIPAL DE GUATAPARÁ".</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/130/lo_858.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/130/lo_858.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “WILSON MONTANHEIRO” A RUA “C” DO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/128/lo_856.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/128/lo_856.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “JESIEL NOGUEIRA GUERRA” A RUA I, DO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/127/lo_855.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/127/lo_855.pdf</t>
   </si>
   <si>
     <t>“INSTITUI SEMANA DE LUTA CONTRA A VIOLÊNCIA E A EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES.”</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/129/lo_857.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/129/lo_857.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “ANTONIO GALLIANI” A RUA E DO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/126/lo_854.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/126/lo_854.pdf</t>
   </si>
   <si>
     <t>“INSTITUI PLANO MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/125/lo_853.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/125/lo_853.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A SELECIONAR INSTITUIÇÃO FINANCEIRA PARA OCUPAR E EXPLORAR, A TÍTULO DE CONCESSÃO DE DIREITO REAL DE USO, NA FORMA ONEROSA, ÁREA DE 128 METROS QUADRADOS, LOCALIZADA EM PRÓPRIO MUNICIPAL, DESTINADA À INSTALAÇÃO DE AGÊNCIA BANCÁRIA OU POSTO DE ATENDIMENTO BANCÁRIO E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/123/lo_851.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/123/lo_851.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “FELÍCIO FESTUCI” A RUA B DO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/165/lc_153.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/165/lc_153.pdf</t>
   </si>
   <si>
     <t>“ALTERA O VALOR DO AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES DO LEGISLATIVO MUNICIPAL, NOS TERMOS QUE ESPECIFICA”.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/122/lo_850.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/122/lo_850.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INSTITUIÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO – FME E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/164/lc_152.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/164/lc_152.pdf</t>
   </si>
   <si>
     <t>“CONCEDE AUMENTO AOS OCUPANTES DOS CARGOS DE ENFERMEIRO, TÉCNICO DE ENFERMAGEM E AUXILIAR DE ENFERMAGEM NA FORMA QUE ESPECIFICA”.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/124/lo_852.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/124/lo_852.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “ADÉLIA JARDIM” O CONJUNTO HABITACIONAL DE GUATAPARÁ “D”, NO MUNICÍPIO DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/121/lo_849.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/121/lo_849.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “APPARICIO GARCIA” A RUA A DO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ.”</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/120/lo_848.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/120/lo_848.pdf</t>
   </si>
   <si>
     <t>“ DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/163/lc_151.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/163/lc_151.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL COMO ESPECIFICA”.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/119/lo_847.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/119/lo_847.pdf</t>
   </si>
   <si>
     <t>“CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/162/lc_150.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/162/lc_150.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PRESERVAÇÃO DO PATRIMÔNIO HISTÓRICO, CULTURAL E NATURAL DO MUNICÍPIO DE GUATAPARÁ, CRIA O CONSELHO MUNICIPAL DO PATRIMÔNIO CULTURAL E INSTITUI O FUNDO MUNICIPAL DE PROTEÇÃO DO PATRIMÔNIO CULTURAL DE GUATAPARÁ”.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/118/lo_846.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/118/lo_846.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/117/lo_845.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/117/lo_845.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE “BERNARDINO MIANI” O CENTRO DE CONVIVÊNCIA DO IDOSO – CCI, DE GUATAPARÁ/SP.”</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/161/lc_149.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/161/lc_149.pdf</t>
   </si>
   <si>
     <t>“CRIA OS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE, AMPARADOS PELO ARTIGO 2° DA EMENDA CONSTITUCIONAL N° 51/2006 E PELA LEI FEDERAL Nº 11.350/2006, DE 05 DE OUTUBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/116/lo_844.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/116/lo_844.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA DISPOSITIVOS SOBRE ESTÁGIO NO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/115/lo_843.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/115/lo_843.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA RESTAURANTE POPULAR E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/114/lo_842.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/114/lo_842.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/113/lo_841.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/113/lo_841.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS 2018) DO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/112/lo_840.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/112/lo_840.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REAJUSTE DE VENCIMENTOS AOS SERVIDORES OCUPANTES DE CARGOS DE PROFESSOR DE EDUCAÇÃO INFANTIL, PROFESSOR DE EDUCAÇÃO BÁSICA I, PROFESSOR DE EDUCAÇÃO BÁSICA II, PROFESSOR DE EDUCAÇÃO INCLUSIVA E INSTRUTOR DE MÚSICA, PARA ADEQUAÇÃO AO PISO SALARIAL PROFISSIONAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, NOS TERMOS EM QUE PRECEITUA A LEI FEDERAL N° 11.738/2008".</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/111/lo_839.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/111/lo_839.pdf</t>
   </si>
   <si>
     <t>"INSTITUI PROGRAMA DA INCUBADORA INDUSTRIAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/110/lo_838.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/110/lo_838.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/108/108_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES, ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/107/107_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUATAPARÁ PARA O EXERCÍCIO DE 2018&amp;#8221;.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/106/106_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/105/105_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE GUATAPARÁ PARA O PERÍODO DE 2018 A 2021&amp;#8221;.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/104/104_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PAR O NÃO AJUIZAMENTO DE COBRANÇAS DE CRÉDITOS INSCRITOS NA DÍVIDA ATIVA DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/71/71_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA E ACRESCENTA DISPOSITIVOS ÀS LEIS COMPLEMENTARES 035/2004 E Nº 108/2013 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/103/103_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO BÔNUS ASSIDUIDADE NA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO VISANDO PREMIAR SERVIDORES PÚBLICOS QUE SÃO ASSÍDUOS NAS ATIVIDADES PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/102/102_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÃO DA REDAÇÃO DO ARTIGO 6º DA LEI MUNICIPAL 810/2017 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/101/101_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DA SEGURANÇA PÚBLICA&amp;#8221;.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/100/100_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/97/97_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/96/96_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ABERTURA DE CRÉDITOS ESPECIAIS E SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/95/95_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; DISPÕE SOBRE O PLANO MUNICIPAL DE TURISMO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/99/99_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DENOMINA DE &amp;#8220; JOÃO MARCHETTI&amp;#8221; A RUA G, DO BAIRRO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ/SP&amp;#8221;</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/98/98_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DENOMINA DE &amp;#8220;HIROSHI SAKAMOTO&amp;#8221; A RUA F, DO BAIRRO JARDIM ALVORADA, NO MUNICÍPIO DE GUATAPARÁ/SP&amp;#8221;</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/94/94_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA DE UTILIDADE PÚBLICA, PARA FINS DE DESAPROPRIAÇÃO, SEM ÔNUS PARA O MUNICÍPIO A ÁREA QUE ABAIXO MENCIONA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/93/93_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/92/92_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI  O DIA MUNICIPAL DA ORAÇÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/91/91_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O ARTIGO 1° DA LEI Nº 707/2012 QUE INSTITUI O FUNDO MUNICIPAL DE APOIO AO CORPO DE BOMBEIROS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/90/90_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INCLUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO A &amp;#8220;FESTA DA COLHEITA DA COLÔNIA MOMBUCA&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/89/89_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/87/87_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA DISPOSITIVOS DA LEI 626/2009 QUE AUTORIZA O MUNICÍPIO DE GUATAPARÁ A CONCEDER SUBSIDIO PARA O TRANSPORTE DE PESSOAS COM CONTRATO DE TRABALHO, NA CIDADE DE RIBEIRÃO PRETO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/86/86_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O EXECUTIVO MUNICIPAL A IMPLANTAR NO SISTEMA EDUCACIONAL A INCLUSÃO, NOS CURSOS DE FORMAÇÃO DE EDUCAÇÃO ESPECIAL, DE FONOAUDIOLOGIA E DE MAGISTÉRIO, EM SEUS NÍVEIS INFANTIL, FUNDAMENTAL E MÉDIO, DO ENSINO DA LÍNGUA BRASILEIRA DE SINAIS &amp;#8211; LIBRAS, COMO PARTE INTEGRANTE DOS PARÂMETROS CURRICULARES NACIONAIS &amp;#8211; PCNS, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/85/85_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONCEDER  SUBVENÇÃO ÀS ENTIDADES QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/84/84_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DENOMINA NOME DE RUA GERALDO AMORIM DE PÁDUA, MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/83/83_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ABRE NO ORÇAMENTO VIGENTE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/82/82_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI O DIÁRIO OFICIAL ELETRÔNICO DO MUNICÍPIO DE GUATAPARÁ-SP E ESTABELECE NORMAS PARA ENVIO, PUBLICAÇÃO E DIVULGAÇÃO DE MATÉRIAS DOS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/81/81_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/80/80_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS 2017) DO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/78/78_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;CRIA ZONA DE EXPANSÃO URBANA, DESTINADA A REGULARIZAÇÃO DO IMÓVEL MATRÍCULA 91.255-1º C.R.I. DE RIBEIRÃO PRETO DENOMINADO CEMITÉRIO MUNICIPAL&amp;#8221;. </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/79/79_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/77/77_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/76/76_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE  O PAGAMENTO DE CREDORES/FORNECEDORES PÚBLICOS E PRIVADOS CONFORME ESPECIFICA E  DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/75/75_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PAGAMENTO DE VENCIMENTOS DE PROFESSORES DA REDE PÚBLICA DESIGNADO PARA OUTRA FUNÇÃO CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/74/74_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2017&amp;#8221;.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/73/73_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/72/72_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÕES DE PROJETOS E ATIVIDADES NO PPA QUADRIÊNIO 2014-2017 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/70/70_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA ALIENAÇÃO DE IMÓVEL QUE ESPECIFICA, POR DOAÇÃO À COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO DO ESTADO DE SÃO PAULO-CDHU"</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/66/66_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE DENOMINAÇÃO DO CONJUNTO HABITACIONAL&amp;#8221;GUATAPARÁ C&amp;#8221;</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/65/65_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A ADMINISTRAÇÃO MUNICIPAL A PROCEDER ALTERAÇÃO NA NOMENCLATURA DOS FUNCIONÁRIOS PERTENCENTES AO QUADRO DE PESSOAL PERMANENTE E EXERCEM FUNÇÃO DE MOTORISTAS SOCORRISTAS&amp;#8221;.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/64/64_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/63/63_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DE SÃO PAULO, POR INTERMÉDIO DE SUAS SECRETARIAS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/51/51_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DESAFETAÇÃO DE ÁREA PÚBLICA, AUTORIZA SUA ALIENAÇÃO MEDIANTE PROCEDIMENTO LICITATÓRIO, CONFORME ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/62/62_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI A BRIGADA MUNICIPAL DE PROTEÇÃO CONTRA INCÊNDIO, NO MUNICIPIO DE GUATAPARÁ/SP&amp;#8221;.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/50/50_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE REVISÃO GERAL ANUAL DOS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL, NA FORMA QUE ESPECIFICA&amp;#8221;.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/49/49_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL, NA FORMA QUE ESPECIFICA&amp;#8221;</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/61/61_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE &amp;#8220;IGOR HIKARU YOSHINAGA FERREIRA&amp;#8221; A CRECHE MUNICIPAL, LOCALIZADA NO BAIRRO MOMBUCA".</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/48/48_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SUBSIDIOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE GUATAPARÁ/SP, OCUPANTES DOS CARGOS ELETIVOS DE VEREADORES MUNICIPAIS, PREVISTA NO ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/47/47_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL COMO ESPECIFICA&amp;#8221;.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/60/60_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DA&amp;#8221;SELMA REGINA DE OLIVEIRA&amp;#8221; A CRECHE MUNICIPAL, LOCALIZADA NA RUA APARECIDO NUNES, N° 178".</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/59/59_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO  ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/58/58_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/57/57_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 2° DA LEI 787 DE 25 DE FEVEREIRO DE 2016"</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/56/56_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/55/55_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL  E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/54/54_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/53/53_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/52/52_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO ÀS ENTIDADES QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/41/41_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O SERVIÇO DE MOTOTÁXI E MOTO-ENTREGA E ALTERA A LEI 091 DE 1994 QUE DISPÕE SOBRE  SERVIÇOS DE TÁXI E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/40/40_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO E DÁ PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUATAPARÁ PARA O EXERCÍCIO DE 2016".</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/38/38_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/37/37_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DE PROJETOS E ATIVIDADES NO PPA QUADRIÊNIO 2014_2017 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220; INSTITUI A SEMANA DO ALEITAMENTO MATERNO NA FORMA QUE ESPECIFICA&amp;#8221;</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/34/34_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O MUNICÍPIO DE GUATAPARÁ A RECEBER EM DOAÇÃO, ÁREA DE TERRA PERTENCENTE AO SR. JOSÉ VALEME DE SOUZA&amp;#8221;</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/32/32_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O CONSELHO DE ALIMENTAÇÃO ESCOLAR &amp;#8211; CAE E REVOGA A LEI N° 337, DE 16 DE AGOSTO DE 2000 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/31/31_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A REGULARIZAÇÃO DOS LOTEAMENTOS DE CHÁCARAS JÁ IMPLANTADOS, TOTAL OU PARCIALMENTE, EM ÁREAS URBANAS, DE EXPANSÃO E DE OCUPAÇÃO RURAL, DE FORMA CLANDESTINA OU IRREGULAR, NO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/30/30_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA AS ESTRADAS MUNICIPAIS, AS RESPECTIVAS FAIXAS DE DOMÍNIO, CERCAS DIVISORIAS E NORMAS DE COMBATE À EROSÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/29/29_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITURA MUNICIPAL DE GUATAPARÁ/SP A CELEBRAR CONVÊNIO COM O CENTRO DE INTEGRAÇÃO EMPRESA ESCOLA - CIEE, PARA IMPLANTAÇÃO DO PROGRAMA DE ESTÁGIO PARA ESTUDANTES DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/28/28_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS E ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>"APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DE GUATAPARÁ PARA O DECÊNIO 2015/2025, E  DÁ  PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES SEM FINS LUCRATIVOS COMO ORGANIZAÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/25/25_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E SUPLEMENTARES  E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS E SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO ÀS ENTIDADES QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/17/17_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUATAPARÁ PARA O EXERCÍCIO DE 2015".</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/16/16_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/15/15_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÕES DE PROJETOS E ATIVIDADES NO PPA QUADRIÊNIO 2014_2017 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/14/14_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DECLARA ENTIDADE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/13/13_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO SISTEMA DE CONTROLE INTERNO E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS"</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/12/12_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA ZONA DE EXPANSÃO URBANA, DESTINADA A REGULARIZAÇÃO PARA FINS DE LOTEAMENTO DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/11/11_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DE FERIADO MUNICIPAL EM COMEMORAÇÃO AO "DIA DO PADROEIRO DO MUNICÍPIO DE GUATAPARÁ/SP", E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/10/10_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS, SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/9/9_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DE CONCESSÃO DE NOVAS LICENÇAS ESPECIAIS PARA EXTRAÇÃO DE AREIA E PEDREGULHO.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/8/8_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/7/7_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE "LUIZ ALBERTO SCARANARO" A BASE DO SAMU DE GUATAPARÁ"</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/6/6_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/5/5_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES E ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/4/4_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO ÀS ENTIDADES QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/3/3_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO À SOCIEDADE PORTUGUESA DE BENEFICÊNCIA HOSPITAL IMACULADA CONCEIÇÃO E A SOCIEDADE BENEFICENTE E HOSPITALAR SANTA CASA DE MISERICÓRDIA DE RIBEIRÃO PRETO, DURANTE O EXERCÍCIO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS, CONFORME TERMO DE PARCERIA"</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/2/2_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/2/2_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO SOCIAL À "ASSOCIAÇÃO BENEFICENTE SANTA CÂNDIDA"-CRECHE GERIÁTRICA, ENTIDADE DE NATUREZA FILANTRÓPICA ASSISTENCIAL SEM FINS LUCRATIVOS NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/68/68_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA VALORES ANUAIS E ALÍQUOTAS SOBRE SERVIÇOS DE QUALQUER NATUREZA- ISSQN(LEI COMPLEMENTAR 035/2004), E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/44/44_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE GUATAPARÁ PARA O PERÍODO DE 2014 A 2017"</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/18/18_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÕES DE DISPOSITIVOS DA LEI MUNICIPAL N° 381, DE 15 DE AGOSTO DE 2002, PARA ADEQUAÇÃO ÀS REGRAS DA LEI FEDERAL N° 12.696, DE 25 DE JULHO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221; (DIREITOS DA CRIANÇA E DO ADOLESCENTE)</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/67/67_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROGRAMA DE RECUPERAÇÃO FISCAL E DE COBRANÇA DE TRIBUTOS NO MUNICÍPIO DE GUATAPARÁ, NA FORMA QUE ESPECIFICA."</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2012/1/1_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2012/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GUATAPARÁ PARA O EXERCÍCIO DE 2013</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2009/88/88_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2009/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE GUATAPARÁ A CONCEDER SUBSÍDIO PARA O TRANSPORTE DE PESSOAS COM CONTRATO DE TRABALHO E ESTUDANTES, NA CIDADE DE RIBEIRÃO PRETO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2006/69/69_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2006/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO E/OU CONTRATO COM A COMPANHIA DE DESENVOLVIMENTO HABITACIONAL E URBANO DO ESTADO DE SÃO PAULO-CDHU"</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2006/249/lc_48.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2006/249/lc_48.pdf</t>
   </si>
   <si>
     <t>REDENOMINA A RUA 05 DE NOVEMBRO, LOCALIZADA NO BAIRRO NOVA GUATAPARÁ DE RUA "GERALDO BOAS FERREIRA".</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2005/43/43_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2005/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 101 DE 04 DE MAIO DE 1994".</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2004/46/46_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2004/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O REGULAMENTO DO ISSQN (IMPOSTO SOBRE SERVIÇOS DE_x000D_
 QUALQUER NATUREZA) E DÁ OUTRAS PROVIDÊNCIAS, CONFORME DISPÕE A LEI COMPLEMENTAR FEDERAL N.° 116/2003, DE 31 DE JULHO DE 2003._x000D_
 </t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/45/45_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E CONSOLIDA O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE GUATAPARÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/20/20_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÕES NA LEI MUNICIPAL Nº 170/1995, DE 03 DE JULHO DE 1995, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1995/19/19_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1995/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A POLITICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1994/42/42_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1994/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DESPESAS DE VIAGENS DE AGENTES POLÍTICOS E DE SERVIDORES MUNICIPAIS E DESPESAS MIÚDAS DE PRONTO PAGAMENTO".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5074,67 +5158,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/402/lei_1.095_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_guatapara_para_o_exercicio_de_2026..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/401/lei_1.094_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/400/lei_1.093_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_guatapara_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/399/lei_1.092_-_altera_a_lei_municipal_no_1.082_de_28_de_maio_de_2025_que_instituiu_o_programa_de_recuperacao_fiscal_2025_do_municipio_de_guatapara_para_ampliar_o_prazo_de_adesao..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/396/lei_1.089_-_autoriza_o_poder_executivo_do_municipio_de_guatapara_a_integrar_o_consorco_de_municipios_da_mogiana_cmm_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/384/lei_no_1.055..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/383/lei_no_1.054..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/382/lei_no_1.053..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/381/lei_no_1.052..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/394/lei_complementar_no_216.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/380/lei_no_1.051..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/379/lei_no_1.050..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/378/lei_no_1.049..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/393/lei_complementar_no_215.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/392/lei_complementar_no_214.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/377/lei_no_1.048..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/376/lei_no_1.047..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/375/lei_no_1.046..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/391/lei_complementar_no_213.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/390/lei_complementar_no_212.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/374/lei_no_1.045..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/373/lei_no_1.044..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/372/lei_no_1.043..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/371/lei_no_1.042..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/370/lei_no_1.041..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/389/lei_complementar_no_211.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/388/lei_complementar_no_210.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/387/lei_complementar_no_209.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/369/lei_no_1.040..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/386/lei_complementar_no_208.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/360/lei_1039.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/362/lei_complementar_no_207.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/361/lei_complementar_no_206.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/358/lei_1038.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/357/lei_1037.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/359/lei_completar_no_205.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/344/projeto_de_decreto_04.2023_-_concede_titulo_guataparaense_ao_senhor_leidir.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/343/projeto_de_decreto_03.2023_-_concede_titulo_guataparaense_a_senhora_sheila_lins.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/342/projeto_de_decreto_02.2023_-_concede_titulo_de_cidadania_guataparaense_ao_senhor_sidiclei.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/341/projeto_de_decreto_01.2023_-_concede_titulo_de_cidadania_guataparaense_a_senhora_juliana.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/368/lei_no_1.036.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/367/lei_no_1.035.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/336/lei_1034.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/335/lei_1033.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/303/14.22_recesso.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/334/lei_1032.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/337/lei_1031.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/333/lei_1030.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/332/lei_1029.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/331/lei_1028.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/365/decreto_no_05.2022..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/364/decreto_no_04.2022..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/363/decreto_no_03.2022..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/330/lei_1027.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/356/lei_complementar_204..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/329/lei_1026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/302/11.22_ponto_facultativo_14.11.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/355/lei_complementar_203.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/328/lei_1025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/327/lei_1024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/326/lei_1023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/325/lei_1022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/301/ato_de_mesa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/324/lei_1021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/354/lei_complementar_202.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/323/lei_1020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/322/lei_1019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/321/lei_1018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/353/lei_complementar_201..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/320/lei_1017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/319/lei_1016.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/318/lei_1015.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/352/lei_complementar_200.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/299/decreto_01.2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/300/ato_de_mesa_08.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/317/lei_1014.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/351/lei_complementar_199.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/316/lei_1013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/315/lei_1012.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/350/lei_complementar_198.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/349/lei_complementar_197.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/348/lei_complementar_196.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/314/lei_1011.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/347/lei_complementar_195.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/313/lei_1010..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/312/lei_1009.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/311/lei_1008.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/310/lei_1007.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/309/lei_1006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/346/lei_complementar_194.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/345/lei_complementar_193.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/340/lei_complementar_192.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/339/lei_complementar_191.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/308/lei_1005.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/307/lei_1004.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/338/lei_complementar_190.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/306/lei_1003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/305/lei_1002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/304/lei_1001.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/298/lei_ordinaria_n__1000.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/297/lei_ordinaria_n__999.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/296/lei_ordinaria_n__998.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/255/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/295/lei_ordinaria_n__997.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/294/lei_ordinaria_n__996.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/293/lei_ordinaria_n__995.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/292/lei_ordinaria_n__994.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/291/lei_ordinaria_n__993.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/250/resolucao_03.2021_cede_anexo_para_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/290/lei_ordinaria_n__992.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/289/lei_ordinaria_n__991.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/288/lei_ordinaria_n__990.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/253/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/287/lei_ordinaria_n__989.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/286/lei_ordinaria_n__988.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/285/lei_ordinaria_n__987.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/284/lei_ordinaria_n__986.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/283/lei_ordinaria_n__985.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/282/lei_ordinaria_n__984.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/281/lei_ordinaria_n__983.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/279/lei_ordinaria_n__981.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/252/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/278/lei_ordinaria_n__980.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/277/lei_ordinaria_n__979.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/276/lei_ordinaria_n__978.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/275/lei_ordinaria_n__977.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/274/lei_ordinaria_n__976.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/273/lei_ordinaria_n__975.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/272/lei_ordinaria_n__974.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/271/lei_ordinaria_n__973.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/270/lei_ordinaria_n__972.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/269/lei_ordinaria_n__971.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/268/lei_ordinaria_n__970.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/267/lei_ordinaria_n__969.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/266/lei_ordinaria_n__968.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/265/lei_ordinaria_n__967.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/264/lei_ordinaria_n__966.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/263/lei_ordinaria_n__965.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/262/lei_ordinaria_n__964.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/280/lei_ordinaria_n__982.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/261/lei_ordinaria_n__963.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/260/lei_ordinaria_n__962.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/259/lei_ordinaria_n__961.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/258/lei_ordinaria_n__960.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/257/lei_ordinaria_n__959.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/256/lei_ordinaria_n__958.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/251/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/240/camscanner_04-08-2021_08.53.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/239/camscanner_04-08-2021_08.52.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/238/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/237/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/236/camscanner_04-07-2021_15.34.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/248/camscanner_04-08-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/247/camscanner_04-08-2021_15.03.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/246/camscanner_04-08-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/235/camscanner_04-07-2021_15.33.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/234/camscanner_04-07-2021_15.32.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/233/camscanner_04-07-2021_15.31.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/232/camscanner_04-07-2021_15.30.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/231/camscanner_04-07-2021_15.29.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/245/camscanner_04-08-2021_15.011.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/230/camscanner_04-07-2021_15.27.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/229/camscanner_04-07-2021_15.22.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/228/camscanner_04-07-2021_15.21.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/227/camscanner_04-07-2021_15.20.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/226/camscanner_04-07-2021_15.19.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/225/camscanner_04-07-2021_15.08.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/224/camscanner_04-07-2021_15.07.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/223/camscanner_04-07-2021_15.06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/222/camscanner_04-07-2021_15.05.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/244/camscanner_04-08-2021_15.25.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/221/camscanner_04-07-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/220/camscanner_04-07-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/243/camscanner_04-08-2021_14.56.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/219/camscanner_04-07-2021_14.59.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/218/camscanner_04-07-2021_14.51.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/217/camscanner_04-07-2021_14.50.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/241/camscanner_04-08-2021_14.54.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/216/camscanner_04-07-2021_14.49.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/215/camscanner_04-07-2021_14.48.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/214/camscanner_04-07-2021_14.45.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/242/camscanner_04-08-2021_14.561.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/213/camscanner_04-07-2021_14.44.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/212/camscanner_04-07-2021_14.41.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/211/camscanner_04-07-2021_14.37.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/209/lei_927.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/208/lei_926_completa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/207/lei_925_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/206/lei_924.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/204/lei_922_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/203/lei_921_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/202/lei_920.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/201/lei_919.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/200/lei_918.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/199/25_-_lei_917.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/198/24_-_lei_916.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/197/23_-_lei_915.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/196/22_-_lei_914.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/195/21_-_lei_913.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/194/20_-_lei_912.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/193/19_-_lei_911.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/192/18_-_lei_910.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/191/17_-_lei_909.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/190/lei_908_completa.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/189/16_-_lei_907.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/188/15_-_lei_906.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/187/14_-_lei_905.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/185/12_-_lei_903.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/186/13_-_lei_904.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/184/11_-_lei_902.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/183/10_-_lei_901.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/182/9_-_lei_900.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/181/lei_899_completa.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/180/lei_898_completa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/179/lei_897_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/205/lei_923_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/173/3_-_lei_891.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/172/2_-_lei_890.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/171/1_-_lei_889.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/160/lo_888.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/170/lc_158.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/159/lo_887.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/157/lo_885.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/156/lo_884.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/155/lo_883.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/154/lo_882.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/158/lo_886.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/153/lo_881.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/152/lo_880.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/151/lo_879.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/150/lo_878.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/149/lo_877.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/148/lo_876.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/147/lo_875.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/146/lo_874.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/145/lo_873.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/144/lo_872.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/143/lo_871.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/169/lc_157.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/141/lo_869.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/142/lo_870.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/140/lo_868.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/139/lo_867.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/138/lo_866.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/137/lo_865.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/168/lc_156.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/135/lo_863.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/167/lc_155.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/136/lo_864.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/166/lc_154.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/134/lo_862.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/133/lo_861.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/132/lo_860.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/131/lo_859.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/130/lo_858.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/128/lo_856.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/127/lo_855.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/129/lo_857.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/126/lo_854.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/125/lo_853.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/123/lo_851.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/165/lc_153.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/122/lo_850.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/164/lc_152.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/124/lo_852.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/121/lo_849.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/120/lo_848.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/163/lc_151.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/119/lo_847.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/162/lc_150.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/118/lo_846.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/117/lo_845.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/161/lc_149.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/116/lo_844.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/115/lo_843.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/114/lo_842.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/113/lo_841.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/112/lo_840.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/111/lo_839.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/110/lo_838.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2012/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2009/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2006/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2006/249/lc_48.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2005/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2004/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1995/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1994/42/42_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/410/lei_no_1100_de_25_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/409/lei_no_1.099_de_25_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/408/lei_no_1.098_de_25_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/407/lei_complementar_no248-2026_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2026/406/lei_complementar_no247-2026_de_25_de_fevereiro_de_2026..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/402/lei_1.095_-_estima_a_receita_e_fixa_a_despesa_do_municipio_de_guatapara_para_o_exercicio_de_2026..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/401/lei_1.094_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2026_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/400/lei_1.093_-_dispoe_sobre_o_plano_plurianual_do_municipio_de_guatapara_para_o_periodo_de_2026_a_2029..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/399/lei_1.092_-_altera_a_lei_municipal_no_1.082_de_28_de_maio_de_2025_que_instituiu_o_programa_de_recuperacao_fiscal_2025_do_municipio_de_guatapara_para_ampliar_o_prazo_de_adesao..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/405/resolucao_no_02.2025_-_pca..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2025/396/lei_1.089_-_autoriza_o_poder_executivo_do_municipio_de_guatapara_a_integrar_o_consorco_de_municipios_da_mogiana_cmm_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/404/resolucao_02.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/395/ato_de_mesa_03.2024..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2024/403/resolucao_01.2024..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/385/lei_no_1.056..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/366/portaria_no__04_-_suspensao_expediente.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/384/lei_no_1.055..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/383/lei_no_1.054..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/382/lei_no_1.053..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/381/lei_no_1.052..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/394/lei_complementar_no_216.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/380/lei_no_1.051..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/379/lei_no_1.050..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/378/lei_no_1.049..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/393/lei_complementar_no_215.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/392/lei_complementar_no_214.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/377/lei_no_1.048..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/376/lei_no_1.047..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/375/lei_no_1.046..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/391/lei_complementar_no_213.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/390/lei_complementar_no_212.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/374/lei_no_1.045..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/373/lei_no_1.044..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/372/lei_no_1.043..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/371/lei_no_1.042..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/370/lei_no_1.041..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/389/lei_complementar_no_211.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/388/lei_complementar_no_210.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/387/lei_complementar_no_209.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/369/lei_no_1.040..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/386/lei_complementar_no_208.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/360/lei_1039.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/362/lei_complementar_no_207.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/361/lei_complementar_no_206.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/358/lei_1038.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/357/lei_1037.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/359/lei_completar_no_205.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/344/projeto_de_decreto_04.2023_-_concede_titulo_guataparaense_ao_senhor_leidir.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/343/projeto_de_decreto_03.2023_-_concede_titulo_guataparaense_a_senhora_sheila_lins.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/342/projeto_de_decreto_02.2023_-_concede_titulo_de_cidadania_guataparaense_ao_senhor_sidiclei.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/341/projeto_de_decreto_01.2023_-_concede_titulo_de_cidadania_guataparaense_a_senhora_juliana.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/368/lei_no_1.036.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2023/367/lei_no_1.035.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/336/lei_1034.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/335/lei_1033.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/303/14.22_recesso.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/334/lei_1032.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/337/lei_1031.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/333/lei_1030.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/332/lei_1029.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/331/lei_1028.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/365/decreto_no_05.2022..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/364/decreto_no_04.2022..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/363/decreto_no_03.2022..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/330/lei_1027.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/356/lei_complementar_204..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/329/lei_1026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/302/11.22_ponto_facultativo_14.11.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/355/lei_complementar_203.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/328/lei_1025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/327/lei_1024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/326/lei_1023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/325/lei_1022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/301/ato_de_mesa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/324/lei_1021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/354/lei_complementar_202.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/323/lei_1020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/322/lei_1019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/321/lei_1018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/353/lei_complementar_201..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/320/lei_1017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/319/lei_1016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/318/lei_1015.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/352/lei_complementar_200.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/299/decreto_01.2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/300/ato_de_mesa_08.2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/317/lei_1014.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/351/lei_complementar_199.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/316/lei_1013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/315/lei_1012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/350/lei_complementar_198.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/349/lei_complementar_197.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/348/lei_complementar_196.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/314/lei_1011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/347/lei_complementar_195.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/313/lei_1010..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/312/lei_1009.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/311/lei_1008.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/310/lei_1007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/309/lei_1006.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/346/lei_complementar_194.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/345/lei_complementar_193.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/340/lei_complementar_192.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/339/lei_complementar_191.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/308/lei_1005.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/307/lei_1004.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/338/lei_complementar_190.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/306/lei_1003.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/305/lei_1002.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2022/304/lei_1001.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/298/lei_ordinaria_n__1000.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/297/lei_ordinaria_n__999.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/296/lei_ordinaria_n__998.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/255/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/295/lei_ordinaria_n__997.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/294/lei_ordinaria_n__996.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/293/lei_ordinaria_n__995.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/292/lei_ordinaria_n__994.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/291/lei_ordinaria_n__993.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/250/resolucao_03.2021_cede_anexo_para_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/290/lei_ordinaria_n__992.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/289/lei_ordinaria_n__991.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/288/lei_ordinaria_n__990.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/253/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/287/lei_ordinaria_n__989.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/286/lei_ordinaria_n__988.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/285/lei_ordinaria_n__987.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/284/lei_ordinaria_n__986.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/283/lei_ordinaria_n__985.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/282/lei_ordinaria_n__984.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/281/lei_ordinaria_n__983.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/279/lei_ordinaria_n__981.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/252/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/278/lei_ordinaria_n__980.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/277/lei_ordinaria_n__979.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/276/lei_ordinaria_n__978.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/275/lei_ordinaria_n__977.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/274/lei_ordinaria_n__976.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/273/lei_ordinaria_n__975.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/272/lei_ordinaria_n__974.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/271/lei_ordinaria_n__973.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/270/lei_ordinaria_n__972.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/269/lei_ordinaria_n__971.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/268/lei_ordinaria_n__970.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/267/lei_ordinaria_n__969.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/266/lei_ordinaria_n__968.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/265/lei_ordinaria_n__967.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/264/lei_ordinaria_n__966.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/263/lei_ordinaria_n__965.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/262/lei_ordinaria_n__964.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/280/lei_ordinaria_n__982.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/261/lei_ordinaria_n__963.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/260/lei_ordinaria_n__962.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/259/lei_ordinaria_n__961.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/258/lei_ordinaria_n__960.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/257/lei_ordinaria_n__959.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/256/lei_ordinaria_n__958.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/251/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/240/camscanner_04-08-2021_08.53.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/239/camscanner_04-08-2021_08.52.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/238/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/237/camscanner_04-08-2021_08.46.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/236/camscanner_04-07-2021_15.34.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/248/camscanner_04-08-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/247/camscanner_04-08-2021_15.03.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/246/camscanner_04-08-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/235/camscanner_04-07-2021_15.33.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/234/camscanner_04-07-2021_15.32.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/233/camscanner_04-07-2021_15.31.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/232/camscanner_04-07-2021_15.30.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/231/camscanner_04-07-2021_15.29.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/245/camscanner_04-08-2021_15.011.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/230/camscanner_04-07-2021_15.27.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/229/camscanner_04-07-2021_15.22.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/228/camscanner_04-07-2021_15.21.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/227/camscanner_04-07-2021_15.20.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/226/camscanner_04-07-2021_15.19.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2021/225/camscanner_04-07-2021_15.08.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/224/camscanner_04-07-2021_15.07.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/223/camscanner_04-07-2021_15.06.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/222/camscanner_04-07-2021_15.05.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/244/camscanner_04-08-2021_15.25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/221/camscanner_04-07-2021_15.04.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/220/camscanner_04-07-2021_15.02.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/243/camscanner_04-08-2021_14.56.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/219/camscanner_04-07-2021_14.59.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/218/camscanner_04-07-2021_14.51.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/217/camscanner_04-07-2021_14.50.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/241/camscanner_04-08-2021_14.54.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/216/camscanner_04-07-2021_14.49.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/215/camscanner_04-07-2021_14.48.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/214/camscanner_04-07-2021_14.45.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/242/camscanner_04-08-2021_14.561.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/213/camscanner_04-07-2021_14.44.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/212/camscanner_04-07-2021_14.41.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2020/211/camscanner_04-07-2021_14.37.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/209/lei_927.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/208/lei_926_completa.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/207/lei_925_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/206/lei_924.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/204/lei_922_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/203/lei_921_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/202/lei_920.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/201/lei_919.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/200/lei_918.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/199/25_-_lei_917.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/198/24_-_lei_916.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/197/23_-_lei_915.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/196/22_-_lei_914.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/195/21_-_lei_913.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/194/20_-_lei_912.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/193/19_-_lei_911.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/192/18_-_lei_910.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/191/17_-_lei_909.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/190/lei_908_completa.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/189/16_-_lei_907.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/188/15_-_lei_906.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/187/14_-_lei_905.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/185/12_-_lei_903.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/186/13_-_lei_904.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/184/11_-_lei_902.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/183/10_-_lei_901.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/182/9_-_lei_900.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/181/lei_899_completa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/180/lei_898_completa.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/179/lei_897_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/178/8_-_lei_896.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/177/7_-_lei_895.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/175/5_-_lei_893.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/174/4_-_lei_892.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/205/lei_923_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/173/3_-_lei_891.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/172/2_-_lei_890.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2019/171/1_-_lei_889.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/160/lo_888.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/170/lc_158.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/159/lo_887.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/157/lo_885.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/156/lo_884.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/155/lo_883.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/154/lo_882.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/158/lo_886.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/153/lo_881.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/152/lo_880.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/151/lo_879.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/150/lo_878.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/149/lo_877.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/148/lo_876.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/147/lo_875.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/146/lo_874.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/145/lo_873.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/144/lo_872.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/143/lo_871.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/169/lc_157.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/141/lo_869.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/142/lo_870.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/140/lo_868.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/139/lo_867.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/138/lo_866.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/137/lo_865.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/168/lc_156.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/135/lo_863.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/167/lc_155.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/136/lo_864.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/166/lc_154.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/134/lo_862.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/133/lo_861.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/132/lo_860.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/131/lo_859.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/130/lo_858.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/128/lo_856.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/127/lo_855.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/129/lo_857.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/126/lo_854.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/125/lo_853.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/123/lo_851.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/165/lc_153.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/122/lo_850.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/164/lc_152.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/124/lo_852.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/121/lo_849.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/120/lo_848.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/163/lc_151.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/119/lo_847.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/162/lc_150.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/118/lo_846.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/117/lo_845.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/161/lc_149.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/116/lo_844.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/115/lo_843.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/114/lo_842.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/113/lo_841.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/112/lo_840.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/111/lo_839.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2018/110/lo_838.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2014/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2013/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2012/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2009/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2006/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/normajuridica/2006/249/lc_48.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2005/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2004/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/2002/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1995/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/normajuridica/1994/42/42_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G402"/>
+  <dimension ref="A1:G410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="243.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="242.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -5197,9191 +5281,9375 @@
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
         <v>33</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>58</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="D17" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="E17" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E19" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G19" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G20" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G21" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="G22" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G23" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E24" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="G24" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G25" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C26" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D26" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G26" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G27" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B28" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D28" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E28" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="G28" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D29" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E29" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="G29" t="s">
-        <v>78</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B30" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G30" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B31" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G31" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D32" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G32" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B33" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C33" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D33" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E33" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G33" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B34" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C34" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D34" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E34" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="G34" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B35" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C35" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="G35" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B36" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D36" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="G36" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B37" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C37" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G37" t="s">
-        <v>155</v>
+        <v>112</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B38" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C38" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D38" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="G38" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B39" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C39" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D39" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G39" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C40" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D40" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E40" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G40" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B41" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C41" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G41" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B42" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C42" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D42" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E42" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G42" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B43" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C43" t="s">
-        <v>50</v>
+        <v>179</v>
       </c>
       <c r="D43" t="s">
-        <v>177</v>
+        <v>10</v>
       </c>
       <c r="E43" t="s">
-        <v>178</v>
+        <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G43" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B44" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>183</v>
       </c>
       <c r="D44" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="E44" t="s">
-        <v>178</v>
+        <v>25</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G44" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B45" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C45" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D45" t="s">
-        <v>177</v>
+        <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>178</v>
+        <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="G45" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B46" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C46" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D46" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="E46" t="s">
-        <v>178</v>
+        <v>25</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G46" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B47" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C47" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D47" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E47" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G47" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B48" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="C48" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G48" t="s">
-        <v>78</v>
+        <v>201</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B49" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C49" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G49" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B50" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C50" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D50" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E50" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G50" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B51" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C51" t="s">
-        <v>209</v>
+        <v>86</v>
       </c>
       <c r="D51" t="s">
-        <v>40</v>
+        <v>211</v>
       </c>
       <c r="E51" t="s">
-        <v>41</v>
+        <v>212</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="G51" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>81</v>
+      </c>
+      <c r="C52" t="s">
+        <v>72</v>
+      </c>
+      <c r="D52" t="s">
+        <v>211</v>
+      </c>
+      <c r="E52" t="s">
         <v>212</v>
       </c>
-      <c r="B52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F52" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G52" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B53" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C53" t="s">
-        <v>217</v>
+        <v>68</v>
       </c>
       <c r="D53" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="E53" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="G53" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B54" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C54" t="s">
-        <v>221</v>
+        <v>57</v>
       </c>
       <c r="D54" t="s">
-        <v>10</v>
+        <v>211</v>
       </c>
       <c r="E54" t="s">
-        <v>11</v>
+        <v>212</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G54" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>224</v>
       </c>
       <c r="B55" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C55" t="s">
         <v>225</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>226</v>
       </c>
       <c r="G55" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>228</v>
       </c>
       <c r="B56" t="s">
-        <v>200</v>
+        <v>81</v>
       </c>
       <c r="C56" t="s">
         <v>229</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="G56" t="s">
-        <v>231</v>
+        <v>112</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C57" t="s">
         <v>233</v>
       </c>
       <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="E57" t="s">
+      <c r="G57" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>236</v>
+      </c>
+      <c r="B58" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="B58" t="s">
-[...11 lines deleted...]
-      <c r="F58" s="1" t="s">
+      <c r="G58" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>240</v>
+      </c>
+      <c r="B59" t="s">
+        <v>232</v>
+      </c>
+      <c r="C59" t="s">
         <v>241</v>
       </c>
-      <c r="B59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>234</v>
+        <v>73</v>
       </c>
       <c r="E59" t="s">
-        <v>235</v>
+        <v>74</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>242</v>
       </c>
       <c r="G59" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>244</v>
       </c>
       <c r="B60" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C60" t="s">
         <v>245</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>246</v>
       </c>
       <c r="G60" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>248</v>
       </c>
       <c r="B61" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C61" t="s">
         <v>249</v>
       </c>
       <c r="D61" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="G61" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>252</v>
       </c>
       <c r="B62" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C62" t="s">
         <v>253</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G62" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>256</v>
       </c>
       <c r="B63" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C63" t="s">
         <v>257</v>
       </c>
       <c r="D63" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E63" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>258</v>
       </c>
       <c r="G63" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>260</v>
       </c>
       <c r="B64" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C64" t="s">
         <v>261</v>
       </c>
       <c r="D64" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>262</v>
       </c>
       <c r="G64" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>264</v>
       </c>
       <c r="B65" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C65" t="s">
         <v>265</v>
       </c>
       <c r="D65" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E65" t="s">
-        <v>11</v>
+        <v>267</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G65" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C66" t="s">
-        <v>269</v>
+        <v>86</v>
       </c>
       <c r="D66" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E66" t="s">
-        <v>11</v>
+        <v>267</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G66" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B67" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C67" t="s">
-        <v>273</v>
+        <v>72</v>
       </c>
       <c r="D67" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="E67" t="s">
-        <v>11</v>
+        <v>267</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G67" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>276</v>
       </c>
       <c r="B68" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C68" t="s">
         <v>277</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>278</v>
       </c>
       <c r="G68" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>280</v>
       </c>
       <c r="B69" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C69" t="s">
         <v>281</v>
       </c>
       <c r="D69" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="E69" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>282</v>
       </c>
       <c r="G69" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>284</v>
       </c>
       <c r="B70" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C70" t="s">
         <v>285</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>286</v>
       </c>
       <c r="G70" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>288</v>
       </c>
       <c r="B71" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C71" t="s">
         <v>289</v>
       </c>
       <c r="D71" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E71" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>290</v>
       </c>
       <c r="G71" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>292</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C72" t="s">
         <v>293</v>
       </c>
       <c r="D72" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E72" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>294</v>
       </c>
       <c r="G72" t="s">
-        <v>207</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B73" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C73" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G73" t="s">
-        <v>207</v>
+        <v>299</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B74" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C74" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="G74" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B75" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C75" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D75" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="G75" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B76" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C76" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="G76" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B77" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C77" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D77" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E77" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="G77" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B78" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C78" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G78" t="s">
-        <v>207</v>
+        <v>319</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B79" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C79" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D79" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E79" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="G79" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B80" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C80" t="s">
-        <v>189</v>
+        <v>325</v>
       </c>
       <c r="D80" t="s">
-        <v>234</v>
+        <v>10</v>
       </c>
       <c r="E80" t="s">
-        <v>235</v>
+        <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="G80" t="s">
-        <v>323</v>
+        <v>239</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C81" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D81" t="s">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="G81" t="s">
-        <v>327</v>
+        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B82" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C82" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="G82" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B83" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C83" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D83" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E83" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G83" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B84" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C84" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="G84" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B85" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C85" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="G85" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B86" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C86" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D86" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G86" t="s">
-        <v>347</v>
+        <v>239</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B87" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C87" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D87" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E87" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G87" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B88" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C88" t="s">
-        <v>353</v>
+        <v>57</v>
       </c>
       <c r="D88" t="s">
-        <v>71</v>
+        <v>266</v>
       </c>
       <c r="E88" t="s">
-        <v>72</v>
+        <v>267</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>354</v>
       </c>
       <c r="G88" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>356</v>
       </c>
       <c r="B89" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C89" t="s">
         <v>357</v>
       </c>
       <c r="D89" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E89" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>358</v>
       </c>
       <c r="G89" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>360</v>
       </c>
       <c r="B90" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C90" t="s">
         <v>361</v>
       </c>
       <c r="D90" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>362</v>
       </c>
       <c r="G90" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>364</v>
       </c>
       <c r="B91" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C91" t="s">
         <v>365</v>
       </c>
       <c r="D91" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E91" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>366</v>
       </c>
       <c r="G91" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>368</v>
       </c>
       <c r="B92" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C92" t="s">
         <v>369</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>370</v>
       </c>
       <c r="G92" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>372</v>
       </c>
       <c r="B93" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C93" t="s">
         <v>373</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>374</v>
       </c>
       <c r="G93" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>376</v>
       </c>
       <c r="B94" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C94" t="s">
         <v>377</v>
       </c>
       <c r="D94" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E94" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>378</v>
       </c>
       <c r="G94" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>380</v>
       </c>
       <c r="B95" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C95" t="s">
         <v>381</v>
       </c>
       <c r="D95" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E95" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>382</v>
       </c>
       <c r="G95" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>384</v>
       </c>
       <c r="B96" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C96" t="s">
         <v>385</v>
       </c>
       <c r="D96" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E96" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>386</v>
       </c>
       <c r="G96" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>388</v>
       </c>
       <c r="B97" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C97" t="s">
         <v>389</v>
       </c>
       <c r="D97" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>390</v>
       </c>
       <c r="G97" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>392</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C98" t="s">
         <v>393</v>
       </c>
       <c r="D98" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E98" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>394</v>
       </c>
       <c r="G98" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>396</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C99" t="s">
         <v>397</v>
       </c>
       <c r="D99" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E99" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>398</v>
       </c>
       <c r="G99" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>400</v>
       </c>
       <c r="B100" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C100" t="s">
         <v>401</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>402</v>
       </c>
       <c r="G100" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>404</v>
       </c>
       <c r="B101" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C101" t="s">
         <v>405</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>406</v>
       </c>
       <c r="G101" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>408</v>
       </c>
       <c r="B102" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C102" t="s">
         <v>409</v>
       </c>
       <c r="D102" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E102" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>410</v>
       </c>
       <c r="G102" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>412</v>
       </c>
       <c r="B103" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C103" t="s">
         <v>413</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>414</v>
       </c>
       <c r="G103" t="s">
-        <v>207</v>
+        <v>415</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B104" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C104" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D104" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E104" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G104" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B105" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="C105" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D105" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E105" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G105" t="s">
-        <v>207</v>
+        <v>423</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B106" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C106" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D106" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E106" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="G106" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B107" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C107" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D107" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E107" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="G107" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B108" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C108" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="G108" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B109" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C109" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D109" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="G109" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B110" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C110" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D110" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E110" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="G110" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B111" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C111" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="G111" t="s">
-        <v>446</v>
+        <v>239</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>447</v>
       </c>
       <c r="B112" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C112" t="s">
         <v>448</v>
       </c>
       <c r="D112" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E112" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>449</v>
       </c>
       <c r="G112" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>451</v>
       </c>
       <c r="B113" t="s">
-        <v>423</v>
+        <v>232</v>
       </c>
       <c r="C113" t="s">
         <v>452</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>453</v>
       </c>
       <c r="G113" t="s">
-        <v>275</v>
+        <v>239</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>454</v>
       </c>
       <c r="B114" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C114" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="G114" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B115" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C115" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G115" t="s">
-        <v>430</v>
+        <v>462</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B116" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C116" t="s">
-        <v>39</v>
+        <v>464</v>
       </c>
       <c r="D116" t="s">
-        <v>462</v>
+        <v>10</v>
       </c>
       <c r="E116" t="s">
-        <v>463</v>
+        <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G116" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B117" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C117" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D117" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E117" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G117" t="s">
-        <v>343</v>
+        <v>470</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B118" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C118" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="G118" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B119" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C119" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="G119" t="s">
-        <v>430</v>
+        <v>478</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B120" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C120" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D120" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E120" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="G120" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B121" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C121" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="G121" t="s">
-        <v>483</v>
+        <v>307</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B122" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C122" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="G122" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B123" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C123" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="G123" t="s">
-        <v>491</v>
+        <v>462</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B124" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C124" t="s">
-        <v>493</v>
+        <v>72</v>
       </c>
       <c r="D124" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="E124" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>494</v>
       </c>
       <c r="G124" t="s">
-        <v>430</v>
+        <v>495</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B125" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C125" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="G125" t="s">
-        <v>207</v>
+        <v>375</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B126" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C126" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="G126" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B127" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C127" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G127" t="s">
-        <v>505</v>
+        <v>462</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>506</v>
       </c>
       <c r="B128" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C128" t="s">
         <v>507</v>
       </c>
       <c r="D128" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E128" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>508</v>
       </c>
       <c r="G128" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>510</v>
       </c>
       <c r="B129" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C129" t="s">
         <v>511</v>
       </c>
       <c r="D129" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E129" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>512</v>
       </c>
       <c r="G129" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>514</v>
       </c>
       <c r="B130" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C130" t="s">
         <v>515</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>516</v>
       </c>
       <c r="G130" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>518</v>
       </c>
       <c r="B131" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C131" t="s">
         <v>519</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>520</v>
       </c>
       <c r="G131" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>522</v>
       </c>
       <c r="B132" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C132" t="s">
         <v>523</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>524</v>
       </c>
       <c r="G132" t="s">
-        <v>525</v>
+        <v>462</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
+        <v>525</v>
+      </c>
+      <c r="B133" t="s">
+        <v>455</v>
+      </c>
+      <c r="C133" t="s">
         <v>526</v>
       </c>
-      <c r="B133" t="s">
-[...2 lines deleted...]
-      <c r="C133" t="s">
+      <c r="D133" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="D133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G133" t="s">
-        <v>529</v>
+        <v>239</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
+        <v>528</v>
+      </c>
+      <c r="B134" t="s">
+        <v>455</v>
+      </c>
+      <c r="C134" t="s">
+        <v>529</v>
+      </c>
+      <c r="D134" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" t="s">
+        <v>11</v>
+      </c>
+      <c r="F134" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="G134" t="s">
         <v>531</v>
-      </c>
-[...10 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
+        <v>532</v>
+      </c>
+      <c r="B135" t="s">
+        <v>455</v>
+      </c>
+      <c r="C135" t="s">
+        <v>533</v>
+      </c>
+      <c r="D135" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" t="s">
+        <v>11</v>
+      </c>
+      <c r="F135" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="G135" t="s">
         <v>535</v>
-      </c>
-[...10 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
+        <v>536</v>
+      </c>
+      <c r="B136" t="s">
+        <v>455</v>
+      </c>
+      <c r="C136" t="s">
         <v>537</v>
       </c>
-      <c r="B136" t="s">
-[...2 lines deleted...]
-      <c r="C136" t="s">
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D136" t="s">
-[...5 lines deleted...]
-      <c r="F136" s="1" t="s">
+      <c r="G136" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
+        <v>540</v>
+      </c>
+      <c r="B137" t="s">
+        <v>455</v>
+      </c>
+      <c r="C137" t="s">
         <v>541</v>
       </c>
-      <c r="B137" t="s">
-[...2 lines deleted...]
-      <c r="C137" t="s">
+      <c r="D137" t="s">
+        <v>24</v>
+      </c>
+      <c r="E137" t="s">
+        <v>25</v>
+      </c>
+      <c r="F137" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D137" t="s">
-[...5 lines deleted...]
-      <c r="F137" s="1" t="s">
+      <c r="G137" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>544</v>
       </c>
       <c r="B138" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C138" t="s">
         <v>545</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>546</v>
       </c>
       <c r="G138" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>548</v>
       </c>
       <c r="B139" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C139" t="s">
         <v>549</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>550</v>
       </c>
       <c r="G139" t="s">
-        <v>403</v>
+        <v>551</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B140" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C140" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="G140" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B141" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C141" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G141" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B142" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C142" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="G142" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B143" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C143" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G143" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B144" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C144" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G144" t="s">
-        <v>207</v>
+        <v>570</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B145" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C145" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="G145" t="s">
-        <v>207</v>
+        <v>375</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="B146" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C146" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G146" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B147" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C147" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="G147" t="s">
-        <v>579</v>
+        <v>435</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B148" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C148" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="G148" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B149" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C149" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G149" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B150" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C150" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="G150" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B151" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C151" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G151" t="s">
-        <v>595</v>
+        <v>239</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>596</v>
       </c>
       <c r="B152" t="s">
-        <v>423</v>
+        <v>455</v>
       </c>
       <c r="C152" t="s">
         <v>597</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>598</v>
       </c>
       <c r="G152" t="s">
-        <v>599</v>
+        <v>239</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
+        <v>599</v>
+      </c>
+      <c r="B153" t="s">
+        <v>455</v>
+      </c>
+      <c r="C153" t="s">
         <v>600</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="D153" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G153" t="s">
-        <v>603</v>
+        <v>239</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
+        <v>602</v>
+      </c>
+      <c r="B154" t="s">
+        <v>455</v>
+      </c>
+      <c r="C154" t="s">
+        <v>603</v>
+      </c>
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
+        <v>11</v>
+      </c>
+      <c r="F154" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="G154" t="s">
         <v>605</v>
-      </c>
-[...10 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
+        <v>606</v>
+      </c>
+      <c r="B155" t="s">
+        <v>455</v>
+      </c>
+      <c r="C155" t="s">
         <v>607</v>
       </c>
-      <c r="B155" t="s">
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="C155" t="s">
+      <c r="G155" t="s">
         <v>609</v>
-      </c>
-[...10 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
+        <v>610</v>
+      </c>
+      <c r="B156" t="s">
+        <v>455</v>
+      </c>
+      <c r="C156" t="s">
+        <v>611</v>
+      </c>
+      <c r="D156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E156" t="s">
+        <v>11</v>
+      </c>
+      <c r="F156" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="B156" t="s">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="G156" t="s">
         <v>613</v>
-      </c>
-[...10 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
+        <v>614</v>
+      </c>
+      <c r="B157" t="s">
+        <v>455</v>
+      </c>
+      <c r="C157" t="s">
+        <v>615</v>
+      </c>
+      <c r="D157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B157" t="s">
-[...2 lines deleted...]
-      <c r="C157" t="s">
+      <c r="G157" t="s">
         <v>617</v>
-      </c>
-[...10 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
+        <v>618</v>
+      </c>
+      <c r="B158" t="s">
+        <v>455</v>
+      </c>
+      <c r="C158" t="s">
+        <v>619</v>
+      </c>
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="G158" t="s">
         <v>621</v>
-      </c>
-[...10 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
+        <v>622</v>
+      </c>
+      <c r="B159" t="s">
+        <v>455</v>
+      </c>
+      <c r="C159" t="s">
+        <v>623</v>
+      </c>
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="G159" t="s">
         <v>625</v>
-      </c>
-[...10 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
+        <v>626</v>
+      </c>
+      <c r="B160" t="s">
+        <v>455</v>
+      </c>
+      <c r="C160" t="s">
+        <v>627</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="G160" t="s">
         <v>629</v>
-      </c>
-[...10 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
+        <v>630</v>
+      </c>
+      <c r="B161" t="s">
+        <v>455</v>
+      </c>
+      <c r="C161" t="s">
+        <v>631</v>
+      </c>
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
+        <v>11</v>
+      </c>
+      <c r="F161" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="G161" t="s">
         <v>633</v>
-      </c>
-[...10 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
+        <v>634</v>
+      </c>
+      <c r="B162" t="s">
+        <v>455</v>
+      </c>
+      <c r="C162" t="s">
+        <v>635</v>
+      </c>
+      <c r="D162" t="s">
+        <v>24</v>
+      </c>
+      <c r="E162" t="s">
+        <v>25</v>
+      </c>
+      <c r="F162" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="B162" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G162" t="s">
-        <v>639</v>
+        <v>387</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
+        <v>637</v>
+      </c>
+      <c r="B163" t="s">
+        <v>638</v>
+      </c>
+      <c r="C163" t="s">
+        <v>639</v>
+      </c>
+      <c r="D163" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="G163" t="s">
         <v>641</v>
-      </c>
-[...10 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
+        <v>642</v>
+      </c>
+      <c r="B164" t="s">
+        <v>638</v>
+      </c>
+      <c r="C164" t="s">
+        <v>643</v>
+      </c>
+      <c r="D164" t="s">
+        <v>10</v>
+      </c>
+      <c r="E164" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="B164" t="s">
-[...2 lines deleted...]
-      <c r="C164" t="s">
+      <c r="G164" t="s">
         <v>645</v>
-      </c>
-[...10 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
+        <v>646</v>
+      </c>
+      <c r="B165" t="s">
+        <v>638</v>
+      </c>
+      <c r="C165" t="s">
+        <v>647</v>
+      </c>
+      <c r="D165" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="G165" t="s">
         <v>649</v>
-      </c>
-[...10 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
+        <v>650</v>
+      </c>
+      <c r="B166" t="s">
+        <v>638</v>
+      </c>
+      <c r="C166" t="s">
+        <v>651</v>
+      </c>
+      <c r="D166" t="s">
+        <v>10</v>
+      </c>
+      <c r="E166" t="s">
+        <v>11</v>
+      </c>
+      <c r="F166" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="G166" t="s">
         <v>653</v>
-      </c>
-[...10 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
+        <v>654</v>
+      </c>
+      <c r="B167" t="s">
+        <v>638</v>
+      </c>
+      <c r="C167" t="s">
+        <v>655</v>
+      </c>
+      <c r="D167" t="s">
+        <v>10</v>
+      </c>
+      <c r="E167" t="s">
+        <v>11</v>
+      </c>
+      <c r="F167" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="G167" t="s">
         <v>657</v>
-      </c>
-[...10 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
+        <v>23</v>
+      </c>
+      <c r="B168" t="s">
+        <v>638</v>
+      </c>
+      <c r="C168" t="s">
+        <v>658</v>
+      </c>
+      <c r="D168" t="s">
+        <v>10</v>
+      </c>
+      <c r="E168" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="G168" t="s">
         <v>660</v>
-      </c>
-[...16 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>664</v>
+        <v>29</v>
       </c>
       <c r="B169" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C169" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="G169" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>664</v>
+      </c>
+      <c r="B170" t="s">
+        <v>638</v>
+      </c>
+      <c r="C170" t="s">
+        <v>665</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="G170" t="s">
         <v>667</v>
-      </c>
-[...16 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
+        <v>668</v>
+      </c>
+      <c r="B171" t="s">
+        <v>638</v>
+      </c>
+      <c r="C171" t="s">
+        <v>669</v>
+      </c>
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
+        <v>11</v>
+      </c>
+      <c r="F171" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="G171" t="s">
         <v>671</v>
-      </c>
-[...10 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
+        <v>672</v>
+      </c>
+      <c r="B172" t="s">
+        <v>638</v>
+      </c>
+      <c r="C172" t="s">
+        <v>673</v>
+      </c>
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
+        <v>11</v>
+      </c>
+      <c r="F172" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B172" t="s">
-[...11 lines deleted...]
-      <c r="F172" s="1" t="s">
+      <c r="G172" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>676</v>
       </c>
       <c r="B173" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C173" t="s">
         <v>677</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>678</v>
       </c>
       <c r="G173" t="s">
-        <v>643</v>
+        <v>679</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B174" t="s">
-        <v>423</v>
+        <v>638</v>
       </c>
       <c r="C174" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="G174" t="s">
-        <v>643</v>
+        <v>683</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B175" t="s">
-        <v>608</v>
+        <v>455</v>
       </c>
       <c r="C175" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="G175" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B176" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C176" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="G176" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B177" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C177" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="G177" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B178" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C178" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G178" t="s">
-        <v>696</v>
+        <v>687</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B179" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C179" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G179" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B180" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C180" t="s">
-        <v>702</v>
+        <v>685</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>703</v>
       </c>
       <c r="G180" t="s">
-        <v>704</v>
+        <v>671</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>704</v>
+      </c>
+      <c r="B181" t="s">
+        <v>638</v>
+      </c>
+      <c r="C181" t="s">
         <v>705</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="D181" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G181" t="s">
-        <v>708</v>
+        <v>671</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="B182" t="s">
-        <v>608</v>
+        <v>455</v>
       </c>
       <c r="C182" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="G182" t="s">
-        <v>712</v>
+        <v>671</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="B183" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C183" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="G183" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="B184" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C184" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="G184" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="B185" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C185" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="G185" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>70</v>
+        <v>721</v>
       </c>
       <c r="B186" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C186" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="G186" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>87</v>
+        <v>725</v>
       </c>
       <c r="B187" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C187" t="s">
+        <v>726</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="G187" t="s">
         <v>728</v>
-      </c>
-[...10 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>91</v>
+        <v>729</v>
       </c>
       <c r="B188" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C188" t="s">
+        <v>730</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="D188" t="s">
-[...5 lines deleted...]
-      <c r="F188" s="1" t="s">
+      <c r="G188" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
+        <v>733</v>
+      </c>
+      <c r="B189" t="s">
+        <v>638</v>
+      </c>
+      <c r="C189" t="s">
         <v>734</v>
-      </c>
-[...4 lines deleted...]
-        <v>601</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>735</v>
       </c>
       <c r="G189" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>106</v>
+        <v>737</v>
       </c>
       <c r="B190" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C190" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="G190" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>110</v>
+        <v>741</v>
       </c>
       <c r="B191" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C191" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="G191" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>133</v>
+        <v>745</v>
       </c>
       <c r="B192" t="s">
-        <v>608</v>
+        <v>638</v>
       </c>
       <c r="C192" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="G192" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>141</v>
+        <v>749</v>
       </c>
       <c r="B193" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C193" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="G193" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>149</v>
+        <v>106</v>
       </c>
       <c r="B194" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C194" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="G194" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>157</v>
+        <v>121</v>
       </c>
       <c r="B195" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C195" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="G195" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>161</v>
+        <v>125</v>
       </c>
       <c r="B196" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C196" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="G196" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>249</v>
+        <v>762</v>
       </c>
       <c r="B197" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C197" t="s">
-        <v>757</v>
+        <v>631</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="G197" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>261</v>
+        <v>140</v>
       </c>
       <c r="B198" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C198" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="G198" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>289</v>
+        <v>144</v>
       </c>
       <c r="B199" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C199" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="G199" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>303</v>
+        <v>167</v>
       </c>
       <c r="B200" t="s">
-        <v>746</v>
+        <v>638</v>
       </c>
       <c r="C200" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="G200" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>318</v>
+        <v>175</v>
       </c>
       <c r="B201" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C201" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="G201" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>333</v>
+        <v>183</v>
       </c>
       <c r="B202" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C202" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="G202" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>345</v>
+        <v>191</v>
       </c>
       <c r="B203" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C203" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="G203" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>349</v>
+        <v>195</v>
       </c>
       <c r="B204" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C204" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="G204" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>353</v>
+        <v>281</v>
       </c>
       <c r="B205" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C205" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="G205" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>361</v>
+        <v>293</v>
       </c>
       <c r="B206" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C206" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="G206" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>385</v>
+        <v>321</v>
       </c>
       <c r="B207" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C207" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="G207" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="B208" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C208" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="G208" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>393</v>
+        <v>350</v>
       </c>
       <c r="B209" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C209" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="G209" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>397</v>
+        <v>365</v>
       </c>
       <c r="B210" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C210" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="G210" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>409</v>
+        <v>377</v>
       </c>
       <c r="B211" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C211" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="G211" t="s">
-        <v>207</v>
+        <v>804</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>436</v>
+        <v>381</v>
       </c>
       <c r="B212" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C212" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="G212" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>448</v>
+        <v>385</v>
       </c>
       <c r="B213" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C213" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="G213" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>477</v>
+        <v>393</v>
       </c>
       <c r="B214" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C214" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="G214" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>605</v>
+        <v>417</v>
       </c>
       <c r="B215" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C215" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="G215" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>511</v>
+        <v>421</v>
       </c>
       <c r="B216" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C216" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="G216" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>629</v>
+        <v>425</v>
       </c>
       <c r="B217" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C217" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="G217" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>633</v>
+        <v>429</v>
       </c>
       <c r="B218" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C218" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="G218" t="s">
-        <v>791</v>
+        <v>825</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>637</v>
+        <v>441</v>
       </c>
       <c r="B219" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C219" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="G219" t="s">
-        <v>821</v>
+        <v>239</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>661</v>
+        <v>468</v>
       </c>
       <c r="B220" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C220" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="G220" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>694</v>
+        <v>480</v>
       </c>
       <c r="B221" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C221" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="G221" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>706</v>
+        <v>507</v>
       </c>
       <c r="B222" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C222" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="G222" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>831</v>
+        <v>635</v>
       </c>
       <c r="B223" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C223" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="G223" t="s">
-        <v>788</v>
+        <v>838</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>834</v>
+        <v>541</v>
       </c>
       <c r="B224" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C224" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="G224" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>838</v>
+        <v>658</v>
       </c>
       <c r="B225" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C225" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>28</v>
+        <v>843</v>
       </c>
       <c r="G225" t="s">
-        <v>788</v>
+        <v>844</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>840</v>
+        <v>661</v>
       </c>
       <c r="B226" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C226" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="G226" t="s">
-        <v>843</v>
+        <v>819</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>844</v>
+        <v>665</v>
       </c>
       <c r="B227" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C227" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="G227" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>173</v>
+        <v>689</v>
       </c>
       <c r="B228" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C228" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="G228" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>851</v>
+        <v>722</v>
       </c>
       <c r="B229" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C229" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="G229" t="s">
-        <v>309</v>
+        <v>855</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>854</v>
+        <v>734</v>
       </c>
       <c r="B230" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C230" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="G230" t="s">
-        <v>207</v>
+        <v>858</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="B231" t="s">
-        <v>746</v>
+        <v>774</v>
       </c>
       <c r="C231" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="G231" t="s">
-        <v>860</v>
+        <v>816</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B232" t="s">
-        <v>862</v>
+        <v>774</v>
       </c>
       <c r="C232" t="s">
         <v>863</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>864</v>
       </c>
       <c r="G232" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>866</v>
       </c>
       <c r="B233" t="s">
-        <v>862</v>
+        <v>774</v>
       </c>
       <c r="C233" t="s">
         <v>867</v>
       </c>
       <c r="D233" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E233" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>868</v>
+        <v>51</v>
       </c>
       <c r="G233" t="s">
-        <v>869</v>
+        <v>816</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
+        <v>868</v>
+      </c>
+      <c r="B234" t="s">
+        <v>774</v>
+      </c>
+      <c r="C234" t="s">
+        <v>869</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B234" t="s">
-[...2 lines deleted...]
-      <c r="C234" t="s">
+      <c r="G234" t="s">
         <v>871</v>
-      </c>
-[...10 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
+        <v>872</v>
+      </c>
+      <c r="B235" t="s">
+        <v>774</v>
+      </c>
+      <c r="C235" t="s">
+        <v>873</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="G235" t="s">
         <v>875</v>
-      </c>
-[...10 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
+        <v>207</v>
+      </c>
+      <c r="B236" t="s">
+        <v>774</v>
+      </c>
+      <c r="C236" t="s">
+        <v>876</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="G236" t="s">
         <v>878</v>
-      </c>
-[...16 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="B237" t="s">
-        <v>862</v>
+        <v>774</v>
       </c>
       <c r="C237" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="G237" t="s">
-        <v>885</v>
+        <v>341</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="B238" t="s">
-        <v>862</v>
+        <v>774</v>
       </c>
       <c r="C238" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="G238" t="s">
-        <v>889</v>
+        <v>239</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
       <c r="B239" t="s">
-        <v>862</v>
+        <v>774</v>
       </c>
       <c r="C239" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="G239" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
+        <v>889</v>
+      </c>
+      <c r="B240" t="s">
+        <v>890</v>
+      </c>
+      <c r="C240" t="s">
+        <v>891</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="G240" t="s">
         <v>893</v>
-      </c>
-[...16 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
+        <v>894</v>
+      </c>
+      <c r="B241" t="s">
+        <v>890</v>
+      </c>
+      <c r="C241" t="s">
+        <v>895</v>
+      </c>
+      <c r="D241" t="s">
+        <v>24</v>
+      </c>
+      <c r="E241" t="s">
+        <v>25</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="G241" t="s">
         <v>897</v>
-      </c>
-[...16 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>898</v>
+      </c>
+      <c r="B242" t="s">
+        <v>890</v>
+      </c>
+      <c r="C242" t="s">
+        <v>899</v>
+      </c>
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B242" t="s">
-[...2 lines deleted...]
-      <c r="C242" t="s">
+      <c r="G242" t="s">
         <v>901</v>
-      </c>
-[...10 lines deleted...]
-        <v>903</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>902</v>
+      </c>
+      <c r="B243" t="s">
+        <v>890</v>
+      </c>
+      <c r="C243" t="s">
+        <v>903</v>
+      </c>
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="B243" t="s">
-[...2 lines deleted...]
-      <c r="C243" t="s">
+      <c r="G243" t="s">
         <v>905</v>
-      </c>
-[...10 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
+        <v>906</v>
+      </c>
+      <c r="B244" t="s">
+        <v>890</v>
+      </c>
+      <c r="C244" t="s">
+        <v>907</v>
+      </c>
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="B244" t="s">
-[...2 lines deleted...]
-      <c r="C244" t="s">
+      <c r="G244" t="s">
         <v>909</v>
-      </c>
-[...10 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
+        <v>910</v>
+      </c>
+      <c r="B245" t="s">
+        <v>890</v>
+      </c>
+      <c r="C245" t="s">
+        <v>911</v>
+      </c>
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+      <c r="G245" t="s">
         <v>913</v>
-      </c>
-[...10 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>914</v>
+      </c>
+      <c r="B246" t="s">
+        <v>890</v>
+      </c>
+      <c r="C246" t="s">
+        <v>915</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="B246" t="s">
-[...2 lines deleted...]
-      <c r="C246" t="s">
+      <c r="G246" t="s">
         <v>917</v>
-      </c>
-[...10 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
+        <v>895</v>
+      </c>
+      <c r="B247" t="s">
+        <v>890</v>
+      </c>
+      <c r="C247" t="s">
+        <v>918</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="G247" t="s">
         <v>920</v>
-      </c>
-[...16 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>921</v>
+      </c>
+      <c r="B248" t="s">
+        <v>890</v>
+      </c>
+      <c r="C248" t="s">
+        <v>922</v>
+      </c>
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="G248" t="s">
         <v>924</v>
-      </c>
-[...16 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B249" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C249" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="G249" t="s">
-        <v>931</v>
+        <v>917</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B250" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C250" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="G250" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="B251" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C251" t="s">
-        <v>874</v>
+        <v>933</v>
       </c>
       <c r="D251" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E251" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="G251" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
+        <v>936</v>
+      </c>
+      <c r="B252" t="s">
+        <v>890</v>
+      </c>
+      <c r="C252" t="s">
+        <v>937</v>
+      </c>
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="G252" t="s">
         <v>939</v>
-      </c>
-[...16 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
+        <v>940</v>
+      </c>
+      <c r="B253" t="s">
+        <v>890</v>
+      </c>
+      <c r="C253" t="s">
+        <v>941</v>
+      </c>
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
+        <v>11</v>
+      </c>
+      <c r="F253" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="B253" t="s">
-[...2 lines deleted...]
-      <c r="C253" t="s">
+      <c r="G253" t="s">
         <v>943</v>
-      </c>
-[...10 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
+        <v>944</v>
+      </c>
+      <c r="B254" t="s">
+        <v>890</v>
+      </c>
+      <c r="C254" t="s">
+        <v>945</v>
+      </c>
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
+        <v>11</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="G254" t="s">
         <v>947</v>
-      </c>
-[...10 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>948</v>
+      </c>
+      <c r="B255" t="s">
+        <v>890</v>
+      </c>
+      <c r="C255" t="s">
         <v>949</v>
       </c>
-      <c r="B255" t="s">
-[...2 lines deleted...]
-      <c r="C255" t="s">
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
+        <v>11</v>
+      </c>
+      <c r="F255" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="D255" t="s">
-[...5 lines deleted...]
-      <c r="F255" s="1" t="s">
+      <c r="G255" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>952</v>
+      </c>
+      <c r="B256" t="s">
+        <v>890</v>
+      </c>
+      <c r="C256" t="s">
         <v>953</v>
       </c>
-      <c r="B256" t="s">
-[...2 lines deleted...]
-      <c r="C256" t="s">
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
+        <v>11</v>
+      </c>
+      <c r="F256" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D256" t="s">
-[...5 lines deleted...]
-      <c r="F256" s="1" t="s">
+      <c r="G256" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>956</v>
+      </c>
+      <c r="B257" t="s">
+        <v>890</v>
+      </c>
+      <c r="C257" t="s">
         <v>957</v>
       </c>
-      <c r="B257" t="s">
-[...2 lines deleted...]
-      <c r="C257" t="s">
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
+        <v>11</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="D257" t="s">
-[...5 lines deleted...]
-      <c r="F257" s="1" t="s">
+      <c r="G257" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>960</v>
+      </c>
+      <c r="B258" t="s">
+        <v>890</v>
+      </c>
+      <c r="C258" t="s">
         <v>961</v>
       </c>
-      <c r="B258" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D258" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E258" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>962</v>
       </c>
       <c r="G258" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>964</v>
       </c>
       <c r="B259" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C259" t="s">
+        <v>902</v>
+      </c>
+      <c r="D259" t="s">
+        <v>24</v>
+      </c>
+      <c r="E259" t="s">
+        <v>25</v>
+      </c>
+      <c r="F259" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="D259" t="s">
-[...5 lines deleted...]
-      <c r="F259" s="1" t="s">
+      <c r="G259" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>967</v>
+      </c>
+      <c r="B260" t="s">
+        <v>890</v>
+      </c>
+      <c r="C260" t="s">
         <v>968</v>
       </c>
-      <c r="B260" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D260" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E260" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>969</v>
       </c>
       <c r="G260" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>970</v>
+      </c>
+      <c r="B261" t="s">
+        <v>890</v>
+      </c>
+      <c r="C261" t="s">
         <v>971</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="D261" t="s">
-[...5 lines deleted...]
-      <c r="F261" s="1" t="s">
+      <c r="G261" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
+        <v>974</v>
+      </c>
+      <c r="B262" t="s">
+        <v>890</v>
+      </c>
+      <c r="C262" t="s">
         <v>975</v>
       </c>
-      <c r="B262" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D262" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E262" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>976</v>
       </c>
       <c r="G262" t="s">
-        <v>977</v>
+        <v>963</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>977</v>
+      </c>
+      <c r="B263" t="s">
+        <v>890</v>
+      </c>
+      <c r="C263" t="s">
         <v>978</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="D263" t="s">
-[...5 lines deleted...]
-      <c r="F263" s="1" t="s">
+      <c r="G263" t="s">
         <v>980</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>981</v>
       </c>
       <c r="B264" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C264" t="s">
         <v>982</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>983</v>
       </c>
       <c r="G264" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>985</v>
       </c>
       <c r="B265" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C265" t="s">
         <v>986</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>987</v>
       </c>
       <c r="G265" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>989</v>
       </c>
       <c r="B266" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C266" t="s">
+        <v>906</v>
+      </c>
+      <c r="D266" t="s">
+        <v>24</v>
+      </c>
+      <c r="E266" t="s">
+        <v>25</v>
+      </c>
+      <c r="F266" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="D266" t="s">
-[...5 lines deleted...]
-      <c r="F266" s="1" t="s">
+      <c r="G266" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
+        <v>992</v>
+      </c>
+      <c r="B267" t="s">
+        <v>890</v>
+      </c>
+      <c r="C267" t="s">
         <v>993</v>
       </c>
-      <c r="B267" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D267" t="s">
-        <v>462</v>
+        <v>10</v>
       </c>
       <c r="E267" t="s">
-        <v>463</v>
+        <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>994</v>
       </c>
       <c r="G267" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>996</v>
       </c>
       <c r="B268" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C268" t="s">
+        <v>910</v>
+      </c>
+      <c r="D268" t="s">
+        <v>24</v>
+      </c>
+      <c r="E268" t="s">
+        <v>25</v>
+      </c>
+      <c r="F268" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="D268" t="s">
-[...5 lines deleted...]
-      <c r="F268" s="1" t="s">
+      <c r="G268" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
+        <v>999</v>
+      </c>
+      <c r="B269" t="s">
+        <v>890</v>
+      </c>
+      <c r="C269" t="s">
         <v>1000</v>
       </c>
-      <c r="B269" t="s">
-[...2 lines deleted...]
-      <c r="C269" t="s">
+      <c r="D269" t="s">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s">
+        <v>11</v>
+      </c>
+      <c r="F269" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="D269" t="s">
-[...5 lines deleted...]
-      <c r="F269" s="1" t="s">
+      <c r="G269" t="s">
         <v>1002</v>
-      </c>
-[...1 lines deleted...]
-        <v>1003</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B270" t="s">
+        <v>890</v>
+      </c>
+      <c r="C270" t="s">
+        <v>914</v>
+      </c>
+      <c r="D270" t="s">
+        <v>24</v>
+      </c>
+      <c r="E270" t="s">
+        <v>25</v>
+      </c>
+      <c r="F270" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="B270" t="s">
-[...2 lines deleted...]
-      <c r="C270" t="s">
+      <c r="G270" t="s">
         <v>1005</v>
-      </c>
-[...10 lines deleted...]
-        <v>1007</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B271" t="s">
+        <v>890</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
+        <v>11</v>
+      </c>
+      <c r="F271" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="B271" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G271" t="s">
-        <v>1011</v>
+        <v>935</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B272" t="s">
+        <v>890</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D272" t="s">
+        <v>10</v>
+      </c>
+      <c r="E272" t="s">
+        <v>11</v>
+      </c>
+      <c r="F272" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G272" t="s">
         <v>1012</v>
-      </c>
-[...16 lines deleted...]
-        <v>1015</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B273" t="s">
+        <v>890</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D273" t="s">
+        <v>10</v>
+      </c>
+      <c r="E273" t="s">
+        <v>11</v>
+      </c>
+      <c r="F273" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G273" t="s">
         <v>1016</v>
-      </c>
-[...16 lines deleted...]
-        <v>1019</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B274" t="s">
+        <v>890</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D274" t="s">
+        <v>10</v>
+      </c>
+      <c r="E274" t="s">
+        <v>11</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G274" t="s">
         <v>1020</v>
-      </c>
-[...16 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="B275" t="s">
-        <v>862</v>
+        <v>890</v>
       </c>
       <c r="C275" t="s">
-        <v>893</v>
+        <v>57</v>
       </c>
       <c r="D275" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="E275" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="G275" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B276" t="s">
+        <v>890</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D276" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
+        <v>11</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G276" t="s">
         <v>1027</v>
-      </c>
-[...16 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B277" t="s">
+        <v>890</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D277" t="s">
+        <v>10</v>
+      </c>
+      <c r="E277" t="s">
+        <v>11</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G277" t="s">
         <v>1031</v>
-      </c>
-[...16 lines deleted...]
-        <v>1033</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B278" t="s">
+        <v>890</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="B278" t="s">
-[...2 lines deleted...]
-      <c r="C278" t="s">
+      <c r="G278" t="s">
         <v>1035</v>
-      </c>
-[...10 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B279" t="s">
+        <v>890</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D279" t="s">
+        <v>10</v>
+      </c>
+      <c r="E279" t="s">
+        <v>11</v>
+      </c>
+      <c r="F279" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="B279" t="s">
-[...2 lines deleted...]
-      <c r="C279" t="s">
+      <c r="G279" t="s">
         <v>1039</v>
-      </c>
-[...10 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B280" t="s">
+        <v>890</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
+        <v>11</v>
+      </c>
+      <c r="F280" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="B280" t="s">
-[...2 lines deleted...]
-      <c r="C280" t="s">
+      <c r="G280" t="s">
         <v>1043</v>
-      </c>
-[...10 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B281" t="s">
+        <v>890</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D281" t="s">
+        <v>10</v>
+      </c>
+      <c r="E281" t="s">
+        <v>11</v>
+      </c>
+      <c r="F281" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="B281" t="s">
-[...11 lines deleted...]
-      <c r="F281" s="1" t="s">
+      <c r="G281" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B282" t="s">
+        <v>890</v>
+      </c>
+      <c r="C282" t="s">
         <v>1049</v>
       </c>
-      <c r="B282" t="s">
-[...2 lines deleted...]
-      <c r="C282" t="s">
+      <c r="D282" t="s">
+        <v>10</v>
+      </c>
+      <c r="E282" t="s">
+        <v>11</v>
+      </c>
+      <c r="F282" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="D282" t="s">
-[...5 lines deleted...]
-      <c r="F282" s="1" t="s">
+      <c r="G282" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B283" t="s">
+        <v>890</v>
+      </c>
+      <c r="C283" t="s">
+        <v>921</v>
+      </c>
+      <c r="D283" t="s">
+        <v>24</v>
+      </c>
+      <c r="E283" t="s">
+        <v>25</v>
+      </c>
+      <c r="F283" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B283" t="s">
-[...11 lines deleted...]
-      <c r="F283" s="1" t="s">
+      <c r="G283" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B284" t="s">
+        <v>890</v>
+      </c>
+      <c r="C284" t="s">
         <v>1056</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="D284" t="s">
+        <v>10</v>
+      </c>
+      <c r="E284" t="s">
+        <v>11</v>
+      </c>
+      <c r="F284" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="D284" t="s">
-[...5 lines deleted...]
-      <c r="F284" s="1" t="s">
+      <c r="G284" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B285" t="s">
+        <v>890</v>
+      </c>
+      <c r="C285" t="s">
+        <v>925</v>
+      </c>
+      <c r="D285" t="s">
+        <v>24</v>
+      </c>
+      <c r="E285" t="s">
+        <v>25</v>
+      </c>
+      <c r="F285" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="G285" t="s">
         <v>1061</v>
-      </c>
-[...10 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B286" t="s">
+        <v>890</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D286" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" t="s">
+        <v>11</v>
+      </c>
+      <c r="F286" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="B286" t="s">
-[...11 lines deleted...]
-      <c r="F286" s="1" t="s">
+      <c r="G286" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B287" t="s">
+        <v>890</v>
+      </c>
+      <c r="C287" t="s">
         <v>1067</v>
       </c>
-      <c r="B287" t="s">
-[...2 lines deleted...]
-      <c r="C287" t="s">
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
+        <v>11</v>
+      </c>
+      <c r="F287" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="D287" t="s">
-[...5 lines deleted...]
-      <c r="F287" s="1" t="s">
+      <c r="G287" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B288" t="s">
+        <v>890</v>
+      </c>
+      <c r="C288" t="s">
         <v>1071</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="D288" t="s">
+        <v>10</v>
+      </c>
+      <c r="E288" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="D288" t="s">
-[...5 lines deleted...]
-      <c r="F288" s="1" t="s">
+      <c r="G288" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B289" t="s">
+        <v>890</v>
+      </c>
+      <c r="C289" t="s">
+        <v>928</v>
+      </c>
+      <c r="D289" t="s">
+        <v>24</v>
+      </c>
+      <c r="E289" t="s">
+        <v>25</v>
+      </c>
+      <c r="F289" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="G289" t="s">
         <v>1076</v>
-      </c>
-[...10 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B290" t="s">
+        <v>890</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
+        <v>11</v>
+      </c>
+      <c r="F290" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="B290" t="s">
-[...2 lines deleted...]
-      <c r="C290" t="s">
+      <c r="G290" t="s">
         <v>1080</v>
-      </c>
-[...10 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B291" t="s">
+        <v>890</v>
+      </c>
+      <c r="C291" t="s">
+        <v>932</v>
+      </c>
+      <c r="D291" t="s">
+        <v>24</v>
+      </c>
+      <c r="E291" t="s">
+        <v>25</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G291" t="s">
         <v>1083</v>
-      </c>
-[...16 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B292" t="s">
+        <v>890</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="G292" t="s">
         <v>1087</v>
-      </c>
-[...16 lines deleted...]
-        <v>1090</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B293" t="s">
+        <v>890</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G293" t="s">
         <v>1091</v>
-      </c>
-[...16 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>1095</v>
+        <v>1092</v>
       </c>
       <c r="B294" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C294" t="s">
-        <v>1097</v>
+        <v>936</v>
       </c>
       <c r="D294" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E294" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1098</v>
+        <v>1093</v>
       </c>
       <c r="G294" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>1100</v>
+        <v>1095</v>
       </c>
       <c r="B295" t="s">
+        <v>890</v>
+      </c>
+      <c r="C295" t="s">
         <v>1096</v>
       </c>
-      <c r="C295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="G295" t="s">
-        <v>1103</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="B296" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C296" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="G296" t="s">
-        <v>1107</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1108</v>
+        <v>1103</v>
       </c>
       <c r="B297" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C297" t="s">
-        <v>1109</v>
+        <v>1104</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1110</v>
+        <v>1105</v>
       </c>
       <c r="G297" t="s">
-        <v>1111</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1112</v>
+        <v>1107</v>
       </c>
       <c r="B298" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C298" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="G298" t="s">
-        <v>1115</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>1116</v>
+        <v>1111</v>
       </c>
       <c r="B299" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C299" t="s">
-        <v>916</v>
+        <v>1112</v>
       </c>
       <c r="D299" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E299" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="G299" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="B300" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C300" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="G300" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="B301" t="s">
-        <v>1096</v>
+        <v>890</v>
       </c>
       <c r="C301" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="G301" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
+      <c r="E302" t="s">
+        <v>11</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G302" t="s">
         <v>1127</v>
-      </c>
-[...16 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D303" t="s">
+        <v>10</v>
+      </c>
+      <c r="E303" t="s">
+        <v>11</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G303" t="s">
         <v>1131</v>
-      </c>
-[...16 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D304" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" t="s">
+        <v>11</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G304" t="s">
         <v>1135</v>
-      </c>
-[...16 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D305" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" t="s">
+        <v>11</v>
+      </c>
+      <c r="F305" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G305" t="s">
         <v>1139</v>
-      </c>
-[...16 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D306" t="s">
+        <v>10</v>
+      </c>
+      <c r="E306" t="s">
+        <v>11</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G306" t="s">
         <v>1143</v>
-      </c>
-[...16 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>1147</v>
+        <v>1144</v>
       </c>
       <c r="B307" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C307" t="s">
-        <v>1148</v>
+        <v>944</v>
       </c>
       <c r="D307" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E307" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1149</v>
+        <v>1145</v>
       </c>
       <c r="G307" t="s">
-        <v>1150</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>1151</v>
+        <v>1147</v>
       </c>
       <c r="B308" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C308" t="s">
-        <v>1152</v>
+        <v>1148</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1153</v>
+        <v>1149</v>
       </c>
       <c r="G308" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1155</v>
+        <v>1151</v>
       </c>
       <c r="B309" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C309" t="s">
-        <v>1156</v>
+        <v>1152</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="G309" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="B310" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C310" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1161</v>
+        <v>1157</v>
       </c>
       <c r="G310" t="s">
-        <v>1162</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1163</v>
+        <v>1159</v>
       </c>
       <c r="B311" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C311" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="G311" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="B312" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C312" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1169</v>
+        <v>1165</v>
       </c>
       <c r="G312" t="s">
-        <v>1170</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1171</v>
+        <v>1167</v>
       </c>
       <c r="B313" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C313" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1173</v>
+        <v>1169</v>
       </c>
       <c r="G313" t="s">
-        <v>1174</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1175</v>
+        <v>1171</v>
       </c>
       <c r="B314" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C314" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="G314" t="s">
-        <v>1178</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1179</v>
+        <v>1175</v>
       </c>
       <c r="B315" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C315" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="G315" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="B316" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C316" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="G316" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="B317" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C317" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="G317" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="B318" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C318" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="G318" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="B319" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C319" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="G319" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="B320" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C320" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="G320" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="B321" t="s">
-        <v>1096</v>
+        <v>1124</v>
       </c>
       <c r="C321" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="G321" t="s">
-        <v>1059</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D322" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" t="s">
+        <v>11</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G322" t="s">
         <v>1206</v>
-      </c>
-[...16 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D323" t="s">
+        <v>10</v>
+      </c>
+      <c r="E323" t="s">
+        <v>11</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G323" t="s">
         <v>1210</v>
-      </c>
-[...16 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s">
+        <v>11</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G324" t="s">
         <v>1214</v>
-      </c>
-[...16 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D325" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" t="s">
+        <v>11</v>
+      </c>
+      <c r="F325" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="G325" t="s">
         <v>1218</v>
-      </c>
-[...10 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C326" t="s">
         <v>1220</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="D326" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" t="s">
+        <v>11</v>
+      </c>
+      <c r="F326" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="D326" t="s">
-[...5 lines deleted...]
-      <c r="F326" s="1" t="s">
+      <c r="G326" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C327" t="s">
         <v>1224</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="D327" t="s">
-[...5 lines deleted...]
-      <c r="F327" s="1" t="s">
+      <c r="G327" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C328" t="s">
         <v>1228</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" t="s">
+        <v>11</v>
+      </c>
+      <c r="F328" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="D328" t="s">
-[...5 lines deleted...]
-      <c r="F328" s="1" t="s">
+      <c r="G328" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C329" t="s">
         <v>1232</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="D329" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" t="s">
+        <v>11</v>
+      </c>
+      <c r="F329" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="D329" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G329" t="s">
-        <v>1235</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D330" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s">
+        <v>11</v>
+      </c>
+      <c r="F330" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="G330" t="s">
         <v>1237</v>
-      </c>
-[...10 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D331" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" t="s">
+        <v>11</v>
+      </c>
+      <c r="F331" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="B331" t="s">
+      <c r="G331" t="s">
         <v>1241</v>
-      </c>
-[...13 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D332" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="B332" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G332" t="s">
-        <v>1247</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="B333" t="s">
-        <v>1241</v>
+        <v>1124</v>
       </c>
       <c r="C333" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="G333" t="s">
-        <v>1251</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="B334" t="s">
-        <v>1241</v>
+        <v>1124</v>
       </c>
       <c r="C334" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="G334" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="B335" t="s">
-        <v>1241</v>
+        <v>1124</v>
       </c>
       <c r="C335" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="G335" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="B336" t="s">
-        <v>1241</v>
+        <v>1124</v>
       </c>
       <c r="C336" t="s">
-        <v>1016</v>
+        <v>1257</v>
       </c>
       <c r="D336" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E336" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="G336" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D337" t="s">
+        <v>10</v>
+      </c>
+      <c r="E337" t="s">
+        <v>11</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="G337" t="s">
         <v>1263</v>
-      </c>
-[...16 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D338" t="s">
+        <v>10</v>
+      </c>
+      <c r="E338" t="s">
+        <v>11</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G338" t="s">
         <v>1267</v>
-      </c>
-[...16 lines deleted...]
-        <v>1269</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D339" t="s">
+        <v>24</v>
+      </c>
+      <c r="E339" t="s">
+        <v>25</v>
+      </c>
+      <c r="F339" s="1" t="s">
         <v>1270</v>
       </c>
-      <c r="B339" t="s">
-[...11 lines deleted...]
-      <c r="F339" s="1" t="s">
+      <c r="G339" t="s">
         <v>1271</v>
-      </c>
-[...1 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C340" t="s">
         <v>1273</v>
       </c>
-      <c r="B340" t="s">
-[...2 lines deleted...]
-      <c r="C340" t="s">
+      <c r="D340" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" t="s">
+        <v>11</v>
+      </c>
+      <c r="F340" s="1" t="s">
         <v>1274</v>
       </c>
-      <c r="D340" t="s">
-[...5 lines deleted...]
-      <c r="F340" s="1" t="s">
+      <c r="G340" t="s">
         <v>1275</v>
-      </c>
-[...1 lines deleted...]
-        <v>1276</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C341" t="s">
         <v>1277</v>
       </c>
-      <c r="B341" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D341" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E341" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>1278</v>
       </c>
       <c r="G341" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>1280</v>
       </c>
       <c r="B342" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="C342" t="s">
-        <v>1038</v>
+        <v>1281</v>
       </c>
       <c r="D342" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E342" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="G342" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B343" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="C343" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="G343" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B344" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="C344" t="s">
-        <v>1288</v>
+        <v>1044</v>
       </c>
       <c r="D344" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E344" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="G344" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>1291</v>
       </c>
       <c r="B345" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="C345" t="s">
         <v>1292</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>1293</v>
       </c>
       <c r="G345" t="s">
-        <v>1059</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B346" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="C346" t="s">
-        <v>1295</v>
+        <v>1062</v>
       </c>
       <c r="D346" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E346" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>1296</v>
       </c>
       <c r="G346" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>1298</v>
       </c>
       <c r="B347" t="s">
-        <v>1241</v>
+        <v>1269</v>
       </c>
       <c r="C347" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D347" t="s">
+        <v>24</v>
+      </c>
+      <c r="E347" t="s">
+        <v>25</v>
+      </c>
+      <c r="F347" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="D347" t="s">
-[...5 lines deleted...]
-      <c r="F347" s="1" t="s">
+      <c r="G347" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C348" t="s">
         <v>1302</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="D348" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" t="s">
+        <v>11</v>
+      </c>
+      <c r="F348" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="D348" t="s">
-[...5 lines deleted...]
-      <c r="F348" s="1" t="s">
+      <c r="G348" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D349" t="s">
+        <v>24</v>
+      </c>
+      <c r="E349" t="s">
+        <v>25</v>
+      </c>
+      <c r="F349" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="G349" t="s">
         <v>1307</v>
-      </c>
-[...10 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D350" t="s">
+        <v>24</v>
+      </c>
+      <c r="E350" t="s">
+        <v>25</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G350" t="s">
         <v>1310</v>
-      </c>
-[...16 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D351" t="s">
+        <v>10</v>
+      </c>
+      <c r="E351" t="s">
+        <v>11</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G351" t="s">
         <v>1314</v>
-      </c>
-[...16 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D352" t="s">
+        <v>10</v>
+      </c>
+      <c r="E352" t="s">
+        <v>11</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G352" t="s">
         <v>1318</v>
-      </c>
-[...16 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1323</v>
+        <v>1319</v>
       </c>
       <c r="B353" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C353" t="s">
-        <v>1324</v>
+        <v>1320</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="G353" t="s">
-        <v>1326</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="B354" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C354" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="G354" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="B355" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C355" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="G355" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="B356" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C356" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="G356" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="B357" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C357" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="G357" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="B358" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C358" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="G358" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="B359" t="s">
-        <v>1319</v>
+        <v>1269</v>
       </c>
       <c r="C359" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="G359" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="B360" t="s">
-        <v>1319</v>
+        <v>1347</v>
       </c>
       <c r="C360" t="s">
-        <v>1352</v>
+        <v>1348</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
       <c r="G360" t="s">
-        <v>1059</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D361" t="s">
+        <v>10</v>
+      </c>
+      <c r="E361" t="s">
+        <v>11</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G361" t="s">
         <v>1354</v>
-      </c>
-[...16 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D362" t="s">
+        <v>10</v>
+      </c>
+      <c r="E362" t="s">
+        <v>11</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G362" t="s">
         <v>1358</v>
-      </c>
-[...16 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D363" t="s">
+        <v>10</v>
+      </c>
+      <c r="E363" t="s">
+        <v>11</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G363" t="s">
         <v>1362</v>
-      </c>
-[...16 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D364" t="s">
+        <v>10</v>
+      </c>
+      <c r="E364" t="s">
+        <v>11</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="G364" t="s">
         <v>1366</v>
-      </c>
-[...16 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D365" t="s">
+        <v>10</v>
+      </c>
+      <c r="E365" t="s">
+        <v>11</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G365" t="s">
         <v>1370</v>
-      </c>
-[...16 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D366" t="s">
+        <v>10</v>
+      </c>
+      <c r="E366" t="s">
+        <v>11</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="G366" t="s">
         <v>1374</v>
-      </c>
-[...16 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D367" t="s">
+        <v>10</v>
+      </c>
+      <c r="E367" t="s">
+        <v>11</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="G367" t="s">
         <v>1378</v>
-      </c>
-[...16 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="B368" t="s">
-        <v>1319</v>
+        <v>1347</v>
       </c>
       <c r="C368" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="G368" t="s">
-        <v>1059</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D369" t="s">
+        <v>10</v>
+      </c>
+      <c r="E369" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G369" t="s">
         <v>1385</v>
-      </c>
-[...16 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D370" t="s">
+        <v>10</v>
+      </c>
+      <c r="E370" t="s">
+        <v>11</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G370" t="s">
         <v>1389</v>
-      </c>
-[...16 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
+        <v>11</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="G371" t="s">
         <v>1393</v>
-      </c>
-[...16 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D372" t="s">
+        <v>10</v>
+      </c>
+      <c r="E372" t="s">
+        <v>11</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="G372" t="s">
         <v>1397</v>
-      </c>
-[...16 lines deleted...]
-        <v>1400</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D373" t="s">
+        <v>10</v>
+      </c>
+      <c r="E373" t="s">
+        <v>11</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G373" t="s">
         <v>1401</v>
-      </c>
-[...16 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1406</v>
+        <v>1402</v>
       </c>
       <c r="B374" t="s">
-        <v>1402</v>
+        <v>1347</v>
       </c>
       <c r="C374" t="s">
-        <v>1407</v>
+        <v>1403</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1408</v>
+        <v>1404</v>
       </c>
       <c r="G374" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1410</v>
+        <v>1406</v>
       </c>
       <c r="B375" t="s">
-        <v>1402</v>
+        <v>1347</v>
       </c>
       <c r="C375" t="s">
-        <v>1411</v>
+        <v>1407</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1412</v>
+        <v>1408</v>
       </c>
       <c r="G375" t="s">
-        <v>1413</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>209</v>
+        <v>1410</v>
       </c>
       <c r="B376" t="s">
-        <v>1402</v>
+        <v>1347</v>
       </c>
       <c r="C376" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
       <c r="G376" t="s">
-        <v>1416</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="B377" t="s">
-        <v>1402</v>
+        <v>1347</v>
       </c>
       <c r="C377" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
       <c r="G377" t="s">
-        <v>1420</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="B378" t="s">
-        <v>1402</v>
+        <v>1347</v>
       </c>
       <c r="C378" t="s">
-        <v>1422</v>
+        <v>1418</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1423</v>
+        <v>1419</v>
       </c>
       <c r="G378" t="s">
-        <v>1424</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>257</v>
+        <v>1421</v>
       </c>
       <c r="B379" t="s">
-        <v>1402</v>
+        <v>1347</v>
       </c>
       <c r="C379" t="s">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
       <c r="G379" t="s">
-        <v>1427</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D380" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" t="s">
+        <v>11</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="G380" t="s">
         <v>1428</v>
-      </c>
-[...16 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>281</v>
+        <v>1429</v>
       </c>
       <c r="B381" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C381" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D381" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" t="s">
+        <v>11</v>
+      </c>
+      <c r="F381" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="D381" t="s">
-[...5 lines deleted...]
-      <c r="F381" s="1" t="s">
+      <c r="G381" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>325</v>
+        <v>1434</v>
       </c>
       <c r="B382" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C382" t="s">
         <v>1435</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>1436</v>
       </c>
       <c r="G382" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>1438</v>
       </c>
       <c r="B383" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C383" t="s">
         <v>1439</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="G383" t="s">
         <v>1441</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
+        <v>241</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C384" t="s">
         <v>1442</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
+        <v>11</v>
+      </c>
+      <c r="F384" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="D384" t="s">
-[...5 lines deleted...]
-      <c r="F384" s="1" t="s">
+      <c r="G384" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>233</v>
+        <v>1445</v>
       </c>
       <c r="B385" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C385" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="G385" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>50</v>
+        <v>1449</v>
       </c>
       <c r="B386" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C386" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="G386" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>39</v>
+        <v>289</v>
       </c>
       <c r="B387" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C387" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="G387" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>185</v>
+        <v>1456</v>
       </c>
       <c r="B388" t="s">
-        <v>1402</v>
+        <v>1430</v>
       </c>
       <c r="C388" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="G388" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1457</v>
+        <v>313</v>
       </c>
       <c r="B389" t="s">
-        <v>1458</v>
+        <v>1430</v>
       </c>
       <c r="C389" t="s">
-        <v>1095</v>
+        <v>1460</v>
       </c>
       <c r="D389" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E389" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="G389" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1461</v>
+        <v>357</v>
       </c>
       <c r="B390" t="s">
-        <v>1458</v>
+        <v>1430</v>
       </c>
       <c r="C390" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="G390" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B391" t="s">
-        <v>1458</v>
+        <v>1430</v>
       </c>
       <c r="C391" t="s">
-        <v>1108</v>
+        <v>1467</v>
       </c>
       <c r="D391" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E391" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="G391" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="B392" t="s">
-        <v>1458</v>
+        <v>1430</v>
       </c>
       <c r="C392" t="s">
-        <v>1135</v>
+        <v>1471</v>
       </c>
       <c r="D392" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E392" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="G392" t="s">
-        <v>1470</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>189</v>
+        <v>265</v>
       </c>
       <c r="B393" t="s">
-        <v>1471</v>
+        <v>1430</v>
       </c>
       <c r="C393" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="G393" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1475</v>
+        <v>86</v>
       </c>
       <c r="B394" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C394" t="s">
         <v>1476</v>
       </c>
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="D394" t="s">
-[...5 lines deleted...]
-      <c r="F394" s="1" t="s">
+      <c r="G394" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>72</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B395" t="s">
+      <c r="G395" t="s">
         <v>1481</v>
-      </c>
-[...13 lines deleted...]
-        <v>1484</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1485</v>
+        <v>68</v>
       </c>
       <c r="B396" t="s">
-        <v>1481</v>
+        <v>1430</v>
       </c>
       <c r="C396" t="s">
-        <v>1277</v>
+        <v>1482</v>
       </c>
       <c r="D396" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E396" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1486</v>
+        <v>1483</v>
       </c>
       <c r="G396" t="s">
-        <v>1487</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D397" t="s">
+        <v>24</v>
+      </c>
+      <c r="E397" t="s">
+        <v>25</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G397" t="s">
         <v>1488</v>
-      </c>
-[...16 lines deleted...]
-        <v>1492</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1493</v>
+        <v>1489</v>
       </c>
       <c r="B398" t="s">
-        <v>1494</v>
+        <v>1486</v>
       </c>
       <c r="C398" t="s">
-        <v>1343</v>
+        <v>1490</v>
       </c>
       <c r="D398" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="E398" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1495</v>
+        <v>1491</v>
       </c>
       <c r="G398" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="B399" t="s">
-        <v>1498</v>
+        <v>1486</v>
       </c>
       <c r="C399" t="s">
-        <v>1358</v>
+        <v>1136</v>
       </c>
       <c r="D399" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E399" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="G399" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="B400" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D400" t="s">
+        <v>24</v>
+      </c>
+      <c r="E400" t="s">
+        <v>25</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="G400" t="s">
         <v>1498</v>
-      </c>
-[...13 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1504</v>
+        <v>57</v>
       </c>
       <c r="B401" t="s">
-        <v>1505</v>
+        <v>1499</v>
       </c>
       <c r="C401" t="s">
-        <v>866</v>
+        <v>1500</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="G401" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7">
+      <c r="A403" t="s">
         <v>1508</v>
       </c>
-      <c r="B402" t="s">
+      <c r="B403" t="s">
         <v>1509</v>
       </c>
-      <c r="C402" t="s">
-[...8 lines deleted...]
-      <c r="F402" s="1" t="s">
+      <c r="C403" t="s">
         <v>1510</v>
       </c>
-      <c r="G402" t="s">
+      <c r="D403" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" t="s">
+        <v>11</v>
+      </c>
+      <c r="F403" s="1" t="s">
         <v>1511</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7">
+      <c r="A404" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D404" t="s">
+        <v>24</v>
+      </c>
+      <c r="E404" t="s">
+        <v>25</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7">
+      <c r="A405" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D405" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" t="s">
+        <v>11</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7">
+      <c r="A406" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D406" t="s">
+        <v>24</v>
+      </c>
+      <c r="E406" t="s">
+        <v>25</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7">
+      <c r="A407" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D407" t="s">
+        <v>24</v>
+      </c>
+      <c r="E407" t="s">
+        <v>25</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G407" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7">
+      <c r="A408" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C408" t="s">
+        <v>101</v>
+      </c>
+      <c r="D408" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>1530</v>
+      </c>
+      <c r="G408" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="409" spans="1:7">
+      <c r="A409" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C409" t="s">
+        <v>894</v>
+      </c>
+      <c r="D409" t="s">
+        <v>10</v>
+      </c>
+      <c r="E409" t="s">
+        <v>11</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="G409" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7">
+      <c r="A410" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D410" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" t="s">
+        <v>11</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G410" t="s">
+        <v>1539</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -14743,50 +15011,58 @@
     <hyperlink ref="F378" r:id="rId377"/>
     <hyperlink ref="F379" r:id="rId378"/>
     <hyperlink ref="F380" r:id="rId379"/>
     <hyperlink ref="F381" r:id="rId380"/>
     <hyperlink ref="F382" r:id="rId381"/>
     <hyperlink ref="F383" r:id="rId382"/>
     <hyperlink ref="F384" r:id="rId383"/>
     <hyperlink ref="F385" r:id="rId384"/>
     <hyperlink ref="F386" r:id="rId385"/>
     <hyperlink ref="F387" r:id="rId386"/>
     <hyperlink ref="F388" r:id="rId387"/>
     <hyperlink ref="F389" r:id="rId388"/>
     <hyperlink ref="F390" r:id="rId389"/>
     <hyperlink ref="F391" r:id="rId390"/>
     <hyperlink ref="F392" r:id="rId391"/>
     <hyperlink ref="F393" r:id="rId392"/>
     <hyperlink ref="F394" r:id="rId393"/>
     <hyperlink ref="F395" r:id="rId394"/>
     <hyperlink ref="F396" r:id="rId395"/>
     <hyperlink ref="F397" r:id="rId396"/>
     <hyperlink ref="F398" r:id="rId397"/>
     <hyperlink ref="F399" r:id="rId398"/>
     <hyperlink ref="F400" r:id="rId399"/>
     <hyperlink ref="F401" r:id="rId400"/>
     <hyperlink ref="F402" r:id="rId401"/>
+    <hyperlink ref="F403" r:id="rId402"/>
+    <hyperlink ref="F404" r:id="rId403"/>
+    <hyperlink ref="F405" r:id="rId404"/>
+    <hyperlink ref="F406" r:id="rId405"/>
+    <hyperlink ref="F407" r:id="rId406"/>
+    <hyperlink ref="F408" r:id="rId407"/>
+    <hyperlink ref="F409" r:id="rId408"/>
+    <hyperlink ref="F410" r:id="rId409"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>