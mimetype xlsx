--- v0 (2025-10-05)
+++ v1 (2026-01-28)
@@ -10,157 +10,239 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3783" uniqueCount="1495">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4070" uniqueCount="1596">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>FINANÇAS,ORÇAMENTO, FISCALIZAÇÃO E CONTROLE</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo celebrar parceria por mútua cooperação e interesse público e recíproco para o desenvolvimento em Guatapará, das atividades do programa inclusão educacional de pessoas com deficiência e/ou enfermos.</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria do vereador Ronaldo._x000D_
+Indica ao executivo, elaborar projeto de Lei, incluindo no calendário municipal a data do evento realizado pela organização "pula moita", bem como, destinar recursos, na forma que específica.</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César Bruno e Sueli._x000D_
+Indicação ao executivo para instituir projeto de lei, conhecido como bolsa atleta.</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo instituir projeto de Lei, conhecido como "CNH Social".</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo, instituir projeto conhecido como "Balcão do Emprego".</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo, instituir projeto conhecido como "cidade verde".</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação dos vereadores César e Sueli._x000D_
+Indicam ao executivo, instituir projeto esportivo no período de férias escolares.</t>
+  </si>
+  <si>
     <t>465</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas em todas as ruas do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ambulância 24h na unidade de saúde do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer fornecimento de uniforme escolar à todos os alunos da rede municipal de Guatapará.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Mazinho Azevedo</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer limpeza dos entulhos e lixos, acumulados no final da rua José Eliseo da Silva, Guatapará-SP.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer elaboração de projeto de lei, na forma que específica.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Chicão</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de vidro blindex e ar condicionado na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de vale alimentação aos funcionários do Conselho Tutelar do Município.</t>
   </si>
   <si>
     <t>472</t>
@@ -429,62 +511,390 @@
   <si>
     <t>494</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf</t>
   </si>
   <si>
     <t>Requer projeto "Domingo na Praça".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf</t>
   </si>
   <si>
     <t>Requer retorno do projeto "Aroeira".</t>
   </si>
   <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer pintura do piso da quadra poliesportiva do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer conserto das tampas de galerias de águas pluviais do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer projetos no bairro mombuca.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer vacinação antirrábica e disponibilização de veterinário.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer manutenção/reparo do canteiro central do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer reativação e transformação do antigo projeto existente na escola Guiomar, em horta comunitária.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Requer contratação de um profissional de educação física e um nutricionista.</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Requer melhorias na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer designação de zelador para cemitério do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Requer construção de galeria de drenagem na rua Shimane.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de vestiário e água potável no campo de futebol do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçadas em locais públicos na forma que específica.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre valores gastos na construção da creche do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Requer informações sobre valores na construção da creche do bairro nova Guatapará.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre valores gastos na iluminação da rotatória de acesso à cidade.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer melhorias/transformação no estacionamento do cemitério do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Autoria dos vereadores César e Sueli._x000D_
+Requerem informações na forma que especificam.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer pagamento de vale alimentação aos estagiários do município.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Autoria do vereador Ivonir Borghezan._x000D_
+Requer sinalização viária na entrada do cemitério municipal.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir Borghezan,_x000D_
+Requer pintura e revitalização da sinalização horizontal em toda a cidade.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir._x000D_
+Requer reparos/manutenção e substituição de lâmpadas na iluminação pública.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir Borghezan._x000D_
+Requer pode ou corte de árvore localizada ao lado da padaria Dutra, na rua Ueta Thoiti.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir._x000D_
+Requer instalação de placas de sinalização e reforço na sinalização horizontal nas lombadas recentemente construídas.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria dos vereadores César Bruno e Sueli._x000D_
+Requerem criação de uma sala de AEE - Atendimento Educacional Especializado, na escola Euclides Castelhano.</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
+Requerem substituição da tela de proteção da quadra esportiva, na escola Andréa Sertori Sandrin.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir._x000D_
+Reitera o requerimento nº 47/2025.</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer aquisição de caçambas de coleta.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reitera o requerimento nº 08/2025.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
+Requerem reformas das salas dos professores, escola Andréa Sertori Sandrin e Vera Lúcia Castelhano.</t>
+  </si>
+  <si>
     <t>439</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>IND</t>
-[...4 lines deleted...]
-  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Indica subsidio às famílias afetadas pela queimada ocorrida no Horto Florestal Guaraní.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Indica projeto de Lei sobre demarcação de área urbana.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
@@ -522,53 +932,50 @@
   <si>
     <t>442</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre empresas.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Nega</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf</t>
   </si>
   <si>
     <t>Requer instalação de câmeras de segurança na praça central.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf</t>
   </si>
   <si>
     <t>Requer Lombada defronte o velório municipal.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre abastecimentos dos veículos da frota municipal nos exercícios de 2023 e 2024.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf</t>
   </si>
   <si>
     <t>Requer placa de sinalização na esquina da avenida Jacarandás e rua Breno Vieira de Aquino Leite.</t>
   </si>
   <si>
     <t>446</t>
@@ -1152,113 +1559,95 @@
   <si>
     <t>Requer informações sobre veículo pertencente à municipalidade.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 12.2023.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf</t>
   </si>
   <si>
     <t>Requerem que a verba advinda da União, projeto de Lei nº 17/2023, seja também destinada aos artistas locais.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf</t>
   </si>
   <si>
     <t>Requerem lombadas nas ruas do bairro Mombuca.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>37</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf</t>
   </si>
   <si>
     <t>Requer providências para escoamento de água, na rua José Elíseo da Silva (último quarteirão).</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de ticket alimentação aos conselheiros tutelares.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf</t>
   </si>
   <si>
     <t>Requer inclusão de Munícipe em programa de assistência a locação de imóvel.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf</t>
   </si>
   <si>
     <t>Requer bebedouro nas escolas do bairro mombuca.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf</t>
   </si>
   <si>
     <t>Requerem providências quanto ao atendimento médico na unidade básica.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf</t>
   </si>
   <si>
     <t>Indica Projeto de Lei, que vise ajuda para tratamento fora do município, na forma que específica.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf</t>
   </si>
   <si>
     <t>Regularização de Imóveis.</t>
@@ -2055,312 +2444,255 @@
   <si>
     <t>329</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf</t>
   </si>
   <si>
     <t>Requer recapeamento na pavimentação asfáltica nos locais que especifica</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer pintura das lombadas na rodovia Mário maziero , no perímetro urbano do bairro mombuca , bem como melhorias na sinalização</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Requer Estudos sobre a possibilidade de ajuda de pagamento de aluguel residencial .</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de refeição a motoristas que estiverem a serviço do município a noite.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>requer atendimento prioritário a idosos no prono socorro</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer adaptação para captar agua no rio mogi , para ser utilizada no combate a incêndios e outras finalidades</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer instalação de agua potável a rede de esgoto nas barracas existentes na praça são Pedro.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos policias militares , na forma que especifica .</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf</t>
   </si>
   <si>
     <t>Requer placas com a denominação das ruas do bairro residencial stella.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx</t>
   </si>
   <si>
     <t>Requer celebração de convênio com a APAE do município de rincão /sp.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer campo de futebol</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf</t>
   </si>
   <si>
     <t>requer instalação de unidade do poupa tempo em guatapará</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf</t>
   </si>
   <si>
     <t>requer tratamento odontológico e oftalmológico para alunos</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>requer instalação de exaustor na escola Euclides castelo , na forma que especifica .</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf</t>
   </si>
   <si>
     <t>requer nutrologo para atendimento na unidade de saúde do município</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf</t>
   </si>
   <si>
     <t>requer estudos para liberação de acesso a marginal localizada na sp 255</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf</t>
   </si>
   <si>
     <t>requer banco de povo</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf</t>
   </si>
   <si>
     <t>requer novo horario de trasporte da empresa crisptur</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer volta do itinerário da linha guatapará a pradopolis</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf</t>
   </si>
   <si>
     <t>requer que o ônibus da crisptur adentre no bairro mombuca</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf</t>
   </si>
   <si>
     <t>Contratura o senhor Ronaldo antonio de Oliveira</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>62</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf</t>
   </si>
   <si>
     <t>Moção de Apluasos aos senhores CB.plez e SD. siena.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer construção de palco de eventos no bairro mombuca</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf</t>
   </si>
   <si>
     <t>requer construção de vestiário na quadra da mombuca</t>
   </si>
   <si>
     <t>353</t>
-  </si>
-[...1 lines deleted...]
-    <t>65</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor prefeito municipal para que este solicite das empresas de telefonia com torres no município , a instalação de luz-piloto , que tem a função de evitar acidentes com veículos aéreos</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>institui o programa de recuperação fiscal ( refis 2020 ) do município de Guatapará e da outras providencias</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf</t>
   </si>
@@ -2877,53 +3209,50 @@
   <si>
     <t>Requer a realização de recapeamento nas ruas da cidade.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de casas populares aos moradores do bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lousas digitais nas escolas do Município de Guatapará.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>69</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf</t>
   </si>
   <si>
     <t>Requer colocação de placa de "Pare" e Faixa de Pedestre.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de equipamento para triturar galhos da poda de árvores.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf</t>
@@ -3680,69 +4009,60 @@
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PRORROGAÇÃO DO PRAZO DA COMISSÃO PARLAMENTAR DE INQUÉRITO, CONSTANTE NA RESOLUÇÃO N 01/2017, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO ÁS CONTAS DE TAXAS E IMPOSTOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MANUTENÇÃO NOS ÔNIBUS ESCOLARES QUE TRANSPORTAM ALUNOS PARA O HORTO GUARANI.</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONTRATAÇÃO DE EQUIPE DE SAÚDE DA FAMÍLIA PARA O BAIRRO MOMBUCA.</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE GASTOS COM ASSESSORIA JURÍDICA.</t>
   </si>
   <si>
-    <t>67</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE DÍVIDAS EM PROCESSOS TRABALHISTAS DE FUNCIONÁRIOS DA MUNICIPALIDADE, INCLUSIVE OS JÁ INSERIDOS EM PRECATÓRIOS.</t>
-  </si>
-[...1 lines deleted...]
-    <t>68</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE MURO E INSTALAÇÃO DE PORTÃO ELETRÔNICO NO FUNDO DA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PINTURA NA BASE DO SAMU.</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DE SINALIZAÇÃO E INSTALAÇÃO DE SONORIZADOR NA DESCIDA DA FAZENDA BARREIRO, RODOVIA LILIANA TENUTO ROSSI.</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MÉDICO UROLOGISTA NA UNIDADE BÁSICA DA SAÚDE.</t>
   </si>
@@ -4850,67 +5170,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/436/requerimento_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/441/requerimento_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/446/requerimento_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/447/requerimento_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/449/requerimento_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/450/requerimento_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/451/requerimento_no_15_-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/452/requerimento_n_17_-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/453/requerimento_n_18_-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_n_19_-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/455/requerimento_n_20-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/456/requerimento_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/457/requerimento_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/458/requerimento_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/459/requerimento_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/460/requerimento_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/461/requerimento_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/462/requerimento_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/463/requerimento_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/464/requerimento_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/436/requerimento_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/441/requerimento_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/446/requerimento_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/447/requerimento_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/449/requerimento_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/450/requerimento_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/451/requerimento_no_15_-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/452/requerimento_n_17_-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/453/requerimento_n_18_-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_n_19_-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/455/requerimento_n_20-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/456/requerimento_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/457/requerimento_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/458/requerimento_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/459/requerimento_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/460/requerimento_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/461/requerimento_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/462/requerimento_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/463/requerimento_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/464/requerimento_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H487"/>
+  <dimension ref="A1:H523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="47" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="157.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -4991,12251 +5311,13184 @@
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="H17" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>60</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>60</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="H26" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="H28" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H29" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="H30" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="H31" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="H32" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H33" t="s">
         <v>139</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B34" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="D34" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="F34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H34" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B35" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="D35" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E35" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="H35" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="B36" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>149</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B37" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="H38" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>30</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H39" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B40" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="H40" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B41" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="H41" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B42" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="H42" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>177</v>
+      </c>
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>65</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H43" t="s">
         <v>179</v>
-      </c>
-[...19 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>181</v>
+      </c>
+      <c r="D44" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B44" t="s">
-[...14 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>185</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>31</v>
+        <v>186</v>
       </c>
       <c r="H45" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B46" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>56</v>
+        <v>189</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="H46" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B47" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>191</v>
+        <v>57</v>
       </c>
       <c r="H47" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H48" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>68</v>
+        <v>199</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F49" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="H49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B50" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>72</v>
+        <v>202</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>152</v>
+        <v>43</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H50" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>76</v>
+        <v>206</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="H51" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B52" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="H52" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B53" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>211</v>
+        <v>57</v>
       </c>
       <c r="H53" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B54" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>84</v>
+        <v>217</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H54" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B55" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>88</v>
+        <v>221</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>152</v>
+        <v>43</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H55" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F56" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>220</v>
+        <v>57</v>
       </c>
       <c r="H56" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>96</v>
+        <v>228</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H57" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>100</v>
+        <v>232</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>226</v>
+        <v>57</v>
       </c>
       <c r="H58" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="B59" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>104</v>
+        <v>235</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>229</v>
+        <v>57</v>
       </c>
       <c r="H59" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B60" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>108</v>
+        <v>238</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="H60" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B61" t="s">
-        <v>140</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>112</v>
+        <v>242</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="H61" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="B62" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="D62" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="E62" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="H62" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="B63" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="D63" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E63" t="s">
-        <v>151</v>
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="H63" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="B64" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>30</v>
+        <v>254</v>
       </c>
       <c r="D64" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E64" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F64" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="H64" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="B65" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>34</v>
+        <v>257</v>
       </c>
       <c r="D65" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E65" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F65" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="H65" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>44</v>
+        <v>261</v>
       </c>
       <c r="D66" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E66" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F66" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="H66" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="B67" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>265</v>
       </c>
       <c r="D67" t="s">
-        <v>253</v>
+        <v>41</v>
       </c>
       <c r="E67" t="s">
-        <v>254</v>
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>65</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="H67" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B68" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>170</v>
+        <v>269</v>
       </c>
       <c r="D68" t="s">
-        <v>253</v>
+        <v>41</v>
       </c>
       <c r="E68" t="s">
-        <v>254</v>
+        <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="H68" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C69" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>253</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>254</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>143</v>
+        <v>274</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>261</v>
+        <v>275</v>
       </c>
       <c r="H69" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="B70" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C70" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
-        <v>264</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>265</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>266</v>
+        <v>65</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="H70" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B71" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C71" t="s">
-        <v>270</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>264</v>
+        <v>281</v>
       </c>
       <c r="E71" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="F71" t="s">
-        <v>266</v>
+        <v>283</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>31</v>
+        <v>284</v>
       </c>
       <c r="H71" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="B72" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F72" t="s">
-        <v>143</v>
+        <v>287</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="H72" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="B73" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C73" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F73" t="s">
-        <v>166</v>
+        <v>287</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="H73" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C74" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F74" t="s">
-        <v>152</v>
+        <v>274</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C75" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E75" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>166</v>
+        <v>297</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>282</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>284</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C76" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>285</v>
+        <v>301</v>
       </c>
       <c r="H76" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="B77" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C77" t="s">
-        <v>170</v>
+        <v>37</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>274</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="H77" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="B78" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C78" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>166</v>
+        <v>60</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="H78" t="s">
-        <v>292</v>
+        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>293</v>
+        <v>309</v>
       </c>
       <c r="B79" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C79" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>43</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="H79" t="s">
-        <v>295</v>
+        <v>311</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="B80" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C80" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F80" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="H80" t="s">
-        <v>298</v>
+        <v>314</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="B81" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C81" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>300</v>
+        <v>57</v>
       </c>
       <c r="H81" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="B82" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C82" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="H82" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="B83" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C83" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E83" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>306</v>
+        <v>321</v>
       </c>
       <c r="H83" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
       <c r="B84" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C84" t="s">
-        <v>270</v>
+        <v>324</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E84" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="H84" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C85" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F85" t="s">
-        <v>40</v>
+        <v>297</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="H85" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
       <c r="B86" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C86" t="s">
-        <v>194</v>
+        <v>97</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>40</v>
+        <v>283</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="H86" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="B87" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C87" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E87" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>40</v>
+        <v>297</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="H87" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="B88" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C88" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E88" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>166</v>
+        <v>297</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="H88" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="B89" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C89" t="s">
-        <v>72</v>
+        <v>340</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E89" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>152</v>
+        <v>297</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="H89" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>326</v>
+        <v>343</v>
       </c>
       <c r="B90" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C90" t="s">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E90" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F90" t="s">
-        <v>166</v>
+        <v>297</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>327</v>
+        <v>344</v>
       </c>
       <c r="H90" t="s">
-        <v>328</v>
+        <v>345</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>329</v>
+        <v>346</v>
       </c>
       <c r="B91" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C91" t="s">
-        <v>80</v>
+        <v>113</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>156</v>
+        <v>283</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>330</v>
+        <v>347</v>
       </c>
       <c r="H91" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>332</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C92" t="s">
-        <v>210</v>
+        <v>117</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F92" t="s">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>333</v>
+        <v>350</v>
       </c>
       <c r="H92" t="s">
-        <v>334</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>335</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C93" t="s">
-        <v>84</v>
+        <v>121</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E93" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F93" t="s">
-        <v>336</v>
+        <v>43</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="H93" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="B94" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C94" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="H94" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>342</v>
+        <v>358</v>
       </c>
       <c r="B95" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C95" t="s">
-        <v>92</v>
+        <v>129</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E95" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F95" t="s">
-        <v>166</v>
+        <v>297</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="H95" t="s">
-        <v>344</v>
+        <v>360</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="B96" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C96" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E96" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F96" t="s">
-        <v>143</v>
+        <v>274</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="H96" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>364</v>
       </c>
       <c r="B97" t="s">
-        <v>238</v>
+        <v>273</v>
       </c>
       <c r="C97" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E97" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F97" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="H97" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="B98" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C98" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="B99" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C99" t="s">
-        <v>108</v>
+        <v>25</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="E99" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>282</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="B100" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C100" t="s">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="E100" t="s">
-        <v>12</v>
+        <v>282</v>
       </c>
       <c r="F100" t="s">
-        <v>152</v>
+        <v>274</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>57</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="B101" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C101" t="s">
-        <v>116</v>
+        <v>37</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="E101" t="s">
-        <v>12</v>
+        <v>282</v>
       </c>
       <c r="F101" t="s">
-        <v>361</v>
+        <v>274</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>362</v>
+        <v>377</v>
       </c>
       <c r="H101" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="B102" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C102" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="E102" t="s">
-        <v>12</v>
+        <v>282</v>
       </c>
       <c r="F102" t="s">
-        <v>35</v>
+        <v>297</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>365</v>
+        <v>380</v>
       </c>
       <c r="H102" t="s">
-        <v>366</v>
+        <v>381</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="B103" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C103" t="s">
-        <v>124</v>
+        <v>29</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>383</v>
       </c>
       <c r="E103" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>384</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="H103" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="B104" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C104" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>383</v>
       </c>
       <c r="E104" t="s">
-        <v>12</v>
+        <v>384</v>
       </c>
       <c r="F104" t="s">
-        <v>166</v>
+        <v>297</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="H104" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="B105" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C105" t="s">
-        <v>132</v>
+        <v>37</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>383</v>
       </c>
       <c r="E105" t="s">
-        <v>12</v>
+        <v>384</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
       <c r="H105" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="B106" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C106" t="s">
-        <v>136</v>
+        <v>81</v>
       </c>
       <c r="D106" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E106" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F106" t="s">
-        <v>166</v>
+        <v>396</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>377</v>
+        <v>397</v>
       </c>
       <c r="H106" t="s">
-        <v>378</v>
+        <v>398</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>379</v>
+        <v>399</v>
       </c>
       <c r="B107" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C107" t="s">
-        <v>380</v>
+        <v>400</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E107" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F107" t="s">
-        <v>156</v>
+        <v>396</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>381</v>
+        <v>57</v>
       </c>
       <c r="H107" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>383</v>
+        <v>402</v>
       </c>
       <c r="B108" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C108" t="s">
-        <v>384</v>
+        <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E108" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="H108" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C109" t="s">
-        <v>388</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E109" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F109" t="s">
-        <v>40</v>
+        <v>297</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="H109" t="s">
-        <v>390</v>
+        <v>407</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
       <c r="B110" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C110" t="s">
-        <v>392</v>
+        <v>21</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E110" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F110" t="s">
-        <v>336</v>
+        <v>283</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>393</v>
+        <v>409</v>
       </c>
       <c r="H110" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>395</v>
+        <v>411</v>
       </c>
       <c r="B111" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C111" t="s">
-        <v>396</v>
+        <v>25</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E111" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>297</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="H111" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="B112" t="s">
-        <v>238</v>
+        <v>368</v>
       </c>
       <c r="C112" t="s">
-        <v>400</v>
+        <v>29</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F112" t="s">
-        <v>152</v>
+        <v>43</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="H112" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="B113" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C113" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D113" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="E113" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="H113" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="B114" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C114" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D114" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="E114" t="s">
-        <v>142</v>
+        <v>42</v>
+      </c>
+      <c r="F114" t="s">
+        <v>297</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="H114" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="B115" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C115" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="D115" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="E115" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="H115" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="B116" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="D116" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E116" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F116" t="s">
-        <v>336</v>
+        <v>287</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="H116" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="B117" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C117" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="D117" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E117" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F117" t="s">
-        <v>361</v>
+        <v>60</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="H117" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="B118" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C118" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="D118" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E118" t="s">
-        <v>151</v>
+        <v>42</v>
+      </c>
+      <c r="F118" t="s">
+        <v>297</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="H118" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="B119" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C119" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D119" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="E119" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="F119" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="H119" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="B120" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C120" t="s">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E120" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="H120" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B121" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C121" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E121" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="H121" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="B122" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C122" t="s">
-        <v>21</v>
+        <v>324</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F122" t="s">
-        <v>156</v>
+        <v>65</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="H122" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="B123" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C123" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E123" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="H123" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="B124" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C124" t="s">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E124" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>297</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="H124" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="B125" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C125" t="s">
-        <v>170</v>
+        <v>97</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E125" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F125" t="s">
-        <v>35</v>
+        <v>283</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="H125" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="B126" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C126" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E126" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F126" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="H126" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="B127" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C127" t="s">
-        <v>39</v>
+        <v>105</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E127" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F127" t="s">
-        <v>40</v>
+        <v>287</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="H127" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="B128" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C128" t="s">
-        <v>44</v>
+        <v>340</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E128" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="H128" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="B129" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C129" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E129" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F129" t="s">
-        <v>156</v>
+        <v>466</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>453</v>
+        <v>467</v>
       </c>
       <c r="H129" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>455</v>
+        <v>469</v>
       </c>
       <c r="B130" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C130" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F130" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>456</v>
+        <v>470</v>
       </c>
       <c r="H130" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>458</v>
+        <v>472</v>
       </c>
       <c r="B131" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C131" t="s">
-        <v>56</v>
+        <v>117</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E131" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>35</v>
+        <v>297</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="H131" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="B132" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C132" t="s">
-        <v>270</v>
+        <v>121</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E132" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>166</v>
+        <v>274</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="H132" t="s">
-        <v>463</v>
+        <v>477</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="B133" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C133" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E133" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>156</v>
+        <v>287</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>465</v>
+        <v>479</v>
       </c>
       <c r="H133" t="s">
-        <v>466</v>
+        <v>480</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>467</v>
+        <v>481</v>
       </c>
       <c r="B134" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C134" t="s">
-        <v>194</v>
+        <v>129</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E134" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F134" t="s">
-        <v>152</v>
+        <v>274</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>468</v>
+        <v>482</v>
       </c>
       <c r="H134" t="s">
-        <v>469</v>
+        <v>483</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>470</v>
+        <v>484</v>
       </c>
       <c r="B135" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C135" t="s">
-        <v>72</v>
+        <v>133</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E135" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F135" t="s">
-        <v>152</v>
+        <v>274</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>471</v>
+        <v>485</v>
       </c>
       <c r="H135" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>473</v>
+        <v>487</v>
       </c>
       <c r="B136" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C136" t="s">
-        <v>210</v>
+        <v>137</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E136" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F136" t="s">
-        <v>152</v>
+        <v>283</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="H136" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="B137" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C137" t="s">
-        <v>84</v>
+        <v>141</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E137" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>491</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>477</v>
+        <v>492</v>
       </c>
       <c r="H137" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="B138" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C138" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E138" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="H138" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="B139" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C139" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="H139" t="s">
-        <v>484</v>
+        <v>499</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>485</v>
+        <v>500</v>
       </c>
       <c r="B140" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C140" t="s">
-        <v>112</v>
+        <v>153</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>297</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
       <c r="H140" t="s">
-        <v>487</v>
+        <v>502</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="B141" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C141" t="s">
-        <v>116</v>
+        <v>157</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E141" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="H141" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="B142" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C142" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E142" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F142" t="s">
-        <v>152</v>
+        <v>297</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="H142" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="B143" t="s">
-        <v>404</v>
+        <v>368</v>
       </c>
       <c r="C143" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E143" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F143" t="s">
-        <v>156</v>
+        <v>287</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="H143" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="B144" t="s">
-        <v>498</v>
+        <v>368</v>
       </c>
       <c r="C144" t="s">
-        <v>499</v>
+        <v>169</v>
       </c>
       <c r="D144" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E144" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F144" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="H144" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="B145" t="s">
-        <v>498</v>
+        <v>368</v>
       </c>
       <c r="C145" t="s">
-        <v>10</v>
+        <v>173</v>
       </c>
       <c r="D145" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E145" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F145" t="s">
-        <v>505</v>
+        <v>65</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>31</v>
+        <v>516</v>
       </c>
       <c r="H145" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="B146" t="s">
-        <v>498</v>
+        <v>368</v>
       </c>
       <c r="C146" t="s">
-        <v>17</v>
+        <v>177</v>
       </c>
       <c r="D146" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E146" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F146" t="s">
-        <v>505</v>
+        <v>466</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>31</v>
+        <v>519</v>
       </c>
       <c r="H146" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="B147" t="s">
-        <v>498</v>
+        <v>368</v>
       </c>
       <c r="C147" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="D147" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E147" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F147" t="s">
-        <v>505</v>
+        <v>43</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>31</v>
+        <v>522</v>
       </c>
       <c r="H147" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="B148" t="s">
-        <v>498</v>
+        <v>368</v>
       </c>
       <c r="C148" t="s">
-        <v>25</v>
+        <v>185</v>
       </c>
       <c r="D148" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E148" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F148" t="s">
-        <v>505</v>
+        <v>283</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>31</v>
+        <v>525</v>
       </c>
       <c r="H148" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B149" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C149" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D149" t="s">
-        <v>500</v>
+        <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>501</v>
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>283</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="H149" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="B150" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C150" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="D150" t="s">
-        <v>500</v>
+        <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>501</v>
+        <v>12</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="H150" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>519</v>
+        <v>534</v>
       </c>
       <c r="B151" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C151" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D151" t="s">
-        <v>500</v>
+        <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>12</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="H151" t="s">
-        <v>521</v>
+        <v>536</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>522</v>
+        <v>537</v>
       </c>
       <c r="B152" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C152" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>500</v>
+        <v>281</v>
       </c>
       <c r="E152" t="s">
-        <v>501</v>
+        <v>282</v>
       </c>
       <c r="F152" t="s">
-        <v>505</v>
+        <v>466</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>523</v>
+        <v>538</v>
       </c>
       <c r="H152" t="s">
-        <v>524</v>
+        <v>539</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>525</v>
+        <v>540</v>
       </c>
       <c r="B153" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C153" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D153" t="s">
-        <v>500</v>
+        <v>281</v>
       </c>
       <c r="E153" t="s">
-        <v>501</v>
+        <v>282</v>
       </c>
       <c r="F153" t="s">
-        <v>505</v>
+        <v>491</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>526</v>
+        <v>541</v>
       </c>
       <c r="H153" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>543</v>
+      </c>
+      <c r="B154" t="s">
         <v>528</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="D154" t="s">
-        <v>500</v>
+        <v>281</v>
       </c>
       <c r="E154" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>282</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>529</v>
+        <v>544</v>
       </c>
       <c r="H154" t="s">
-        <v>530</v>
+        <v>545</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="B155" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C155" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="D155" t="s">
-        <v>500</v>
+        <v>281</v>
       </c>
       <c r="E155" t="s">
-        <v>501</v>
+        <v>282</v>
       </c>
       <c r="F155" t="s">
-        <v>505</v>
+        <v>297</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
       <c r="H155" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>534</v>
+        <v>549</v>
       </c>
       <c r="B156" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C156" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D156" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E156" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F156" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="H156" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="B157" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C157" t="s">
-        <v>270</v>
+        <v>17</v>
       </c>
       <c r="D157" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E157" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F157" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="H157" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="B158" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C158" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="D158" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E158" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F158" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="H158" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="B159" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C159" t="s">
-        <v>194</v>
+        <v>25</v>
       </c>
       <c r="D159" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E159" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>43</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="H159" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="B160" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C160" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D160" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E160" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F160" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="H160" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>549</v>
+        <v>564</v>
       </c>
       <c r="B161" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C161" t="s">
-        <v>392</v>
+        <v>33</v>
       </c>
       <c r="D161" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E161" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F161" t="s">
-        <v>505</v>
+        <v>60</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="H161" t="s">
-        <v>551</v>
+        <v>566</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>552</v>
+        <v>567</v>
       </c>
       <c r="B162" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E162" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F162" t="s">
-        <v>553</v>
+        <v>274</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="H162" t="s">
-        <v>555</v>
+        <v>569</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>556</v>
+        <v>570</v>
       </c>
       <c r="B163" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C163" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E163" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="H163" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="B164" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C164" t="s">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E164" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="H164" t="s">
-        <v>561</v>
+        <v>575</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="B165" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C165" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E165" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="H165" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="B166" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C166" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="D166" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E166" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="H166" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="B167" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C167" t="s">
-        <v>170</v>
+        <v>81</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E167" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F167" t="s">
-        <v>166</v>
+        <v>60</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
       <c r="H167" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
       <c r="B168" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C168" t="s">
-        <v>34</v>
+        <v>400</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E168" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F168" t="s">
-        <v>166</v>
+        <v>297</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="H168" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="B169" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C169" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E169" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="H169" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="B170" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C170" t="s">
-        <v>44</v>
+        <v>324</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E170" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>578</v>
+        <v>592</v>
       </c>
       <c r="H170" t="s">
-        <v>579</v>
+        <v>593</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="B171" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C171" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E171" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>581</v>
+        <v>595</v>
       </c>
       <c r="H171" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="B172" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C172" t="s">
-        <v>52</v>
+        <v>340</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E172" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="H172" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>586</v>
+        <v>600</v>
       </c>
       <c r="B173" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C173" t="s">
-        <v>56</v>
+        <v>109</v>
       </c>
       <c r="D173" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E173" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F173" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>587</v>
+        <v>601</v>
       </c>
       <c r="H173" t="s">
-        <v>588</v>
+        <v>602</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="B174" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C174" t="s">
-        <v>270</v>
+        <v>129</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E174" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F174" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="H174" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="B175" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C175" t="s">
-        <v>60</v>
+        <v>133</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E175" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F175" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="H175" t="s">
-        <v>594</v>
+        <v>608</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="B176" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C176" t="s">
-        <v>194</v>
+        <v>137</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E176" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F176" t="s">
-        <v>152</v>
+        <v>43</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="H176" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="B177" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C177" t="s">
-        <v>64</v>
+        <v>141</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E177" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F177" t="s">
-        <v>156</v>
+        <v>43</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="H177" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="B178" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C178" t="s">
-        <v>68</v>
+        <v>145</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E178" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F178" t="s">
-        <v>166</v>
+        <v>283</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
       <c r="H178" t="s">
-        <v>603</v>
+        <v>617</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="B179" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C179" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E179" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F179" t="s">
-        <v>152</v>
+        <v>287</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="H179" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="B180" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C180" t="s">
-        <v>76</v>
+        <v>623</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E180" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F180" t="s">
-        <v>156</v>
+        <v>396</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>608</v>
+        <v>626</v>
       </c>
       <c r="H180" t="s">
-        <v>609</v>
+        <v>627</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>610</v>
+        <v>628</v>
       </c>
       <c r="B181" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C181" t="s">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E181" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F181" t="s">
-        <v>166</v>
+        <v>629</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>611</v>
+        <v>57</v>
       </c>
       <c r="H181" t="s">
-        <v>612</v>
+        <v>630</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>613</v>
+        <v>631</v>
       </c>
       <c r="B182" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C182" t="s">
-        <v>210</v>
+        <v>17</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E182" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>629</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>614</v>
+        <v>57</v>
       </c>
       <c r="H182" t="s">
-        <v>615</v>
+        <v>632</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="B183" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C183" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E183" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>629</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>617</v>
+        <v>57</v>
       </c>
       <c r="H183" t="s">
-        <v>618</v>
+        <v>634</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>619</v>
+        <v>635</v>
       </c>
       <c r="B184" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C184" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E184" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F184" t="s">
-        <v>143</v>
+        <v>629</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>620</v>
+        <v>57</v>
       </c>
       <c r="H184" t="s">
-        <v>621</v>
+        <v>636</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>637</v>
+      </c>
+      <c r="B185" t="s">
         <v>622</v>
       </c>
-      <c r="B185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E185" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>625</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>623</v>
+        <v>638</v>
       </c>
       <c r="H185" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>640</v>
+      </c>
+      <c r="B186" t="s">
+        <v>622</v>
+      </c>
+      <c r="C186" t="s">
+        <v>33</v>
+      </c>
+      <c r="D186" t="s">
+        <v>624</v>
+      </c>
+      <c r="E186" t="s">
         <v>625</v>
       </c>
-      <c r="B186" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G186" s="1" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="H186" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="B187" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C187" t="s">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E187" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F187" t="s">
-        <v>40</v>
+        <v>629</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="H187" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="B188" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C188" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E188" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F188" t="s">
-        <v>40</v>
+        <v>629</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>632</v>
+        <v>647</v>
       </c>
       <c r="H188" t="s">
-        <v>633</v>
+        <v>648</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="B189" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C189" t="s">
-        <v>108</v>
+        <v>69</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E189" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F189" t="s">
-        <v>13</v>
+        <v>629</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="H189" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="B190" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C190" t="s">
-        <v>112</v>
+        <v>73</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E190" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F190" t="s">
-        <v>143</v>
+        <v>629</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>638</v>
+        <v>653</v>
       </c>
       <c r="H190" t="s">
-        <v>639</v>
+        <v>654</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
       <c r="B191" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C191" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E191" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F191" t="s">
-        <v>13</v>
+        <v>629</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>641</v>
+        <v>656</v>
       </c>
       <c r="H191" t="s">
-        <v>642</v>
+        <v>657</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="B192" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C192" t="s">
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E192" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F192" t="s">
-        <v>13</v>
+        <v>396</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="H192" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="B193" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C193" t="s">
-        <v>124</v>
+        <v>400</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E193" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F193" t="s">
-        <v>166</v>
+        <v>396</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="H193" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="B194" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C194" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E194" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F194" t="s">
-        <v>13</v>
+        <v>396</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>650</v>
+        <v>665</v>
       </c>
       <c r="H194" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="B195" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C195" t="s">
-        <v>132</v>
+        <v>324</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E195" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>625</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="H195" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="B196" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C196" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E196" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F196" t="s">
-        <v>143</v>
+        <v>396</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="H196" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="B197" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C197" t="s">
-        <v>380</v>
+        <v>177</v>
       </c>
       <c r="D197" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E197" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F197" t="s">
-        <v>152</v>
+        <v>629</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="H197" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="B198" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C198" t="s">
-        <v>384</v>
+        <v>10</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E198" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F198" t="s">
-        <v>13</v>
+        <v>677</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>662</v>
+        <v>678</v>
       </c>
       <c r="H198" t="s">
-        <v>663</v>
+        <v>679</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>664</v>
+        <v>680</v>
       </c>
       <c r="B199" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C199" t="s">
-        <v>388</v>
+        <v>17</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E199" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F199" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>665</v>
+        <v>681</v>
       </c>
       <c r="H199" t="s">
-        <v>666</v>
+        <v>682</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>667</v>
+        <v>683</v>
       </c>
       <c r="B200" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C200" t="s">
-        <v>392</v>
+        <v>21</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E200" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>668</v>
+        <v>684</v>
       </c>
       <c r="H200" t="s">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
       <c r="B201" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C201" t="s">
-        <v>396</v>
+        <v>25</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E201" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F201" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="H201" t="s">
-        <v>672</v>
+        <v>688</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>673</v>
+        <v>689</v>
       </c>
       <c r="B202" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C202" t="s">
-        <v>400</v>
+        <v>29</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E202" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F202" t="s">
-        <v>361</v>
+        <v>43</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>674</v>
+        <v>690</v>
       </c>
       <c r="H202" t="s">
-        <v>675</v>
+        <v>691</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>676</v>
+        <v>692</v>
       </c>
       <c r="B203" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C203" t="s">
-        <v>677</v>
+        <v>33</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E203" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>297</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
       <c r="H203" t="s">
-        <v>679</v>
+        <v>694</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>680</v>
+        <v>695</v>
       </c>
       <c r="B204" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C204" t="s">
-        <v>681</v>
+        <v>37</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E204" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F204" t="s">
-        <v>336</v>
+        <v>297</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="H204" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>684</v>
+        <v>698</v>
       </c>
       <c r="B205" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C205" t="s">
-        <v>685</v>
+        <v>64</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F205" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="H205" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
       <c r="B206" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C206" t="s">
-        <v>689</v>
+        <v>69</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E206" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F206" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="H206" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
       <c r="B207" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C207" t="s">
-        <v>693</v>
+        <v>73</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E207" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F207" t="s">
-        <v>152</v>
+        <v>43</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="H207" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="B208" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C208" t="s">
-        <v>697</v>
+        <v>77</v>
       </c>
       <c r="D208" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E208" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="H208" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="B209" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C209" t="s">
-        <v>701</v>
+        <v>81</v>
       </c>
       <c r="D209" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E209" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F209" t="s">
-        <v>156</v>
+        <v>287</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>702</v>
+        <v>711</v>
       </c>
       <c r="H209" t="s">
-        <v>703</v>
+        <v>712</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="B210" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C210" t="s">
-        <v>705</v>
+        <v>400</v>
       </c>
       <c r="D210" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E210" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F210" t="s">
-        <v>152</v>
+        <v>287</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="H210" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="B211" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C211" t="s">
-        <v>709</v>
+        <v>85</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E211" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F211" t="s">
-        <v>166</v>
+        <v>287</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="H211" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="B212" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C212" t="s">
-        <v>713</v>
+        <v>324</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E212" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F212" t="s">
-        <v>166</v>
+        <v>283</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="H212" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B213" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C213" t="s">
-        <v>717</v>
+        <v>89</v>
       </c>
       <c r="D213" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E213" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F213" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="H213" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="B214" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C214" t="s">
-        <v>721</v>
+        <v>93</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E214" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F214" t="s">
-        <v>156</v>
+        <v>297</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="H214" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B215" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C215" t="s">
-        <v>725</v>
+        <v>97</v>
       </c>
       <c r="D215" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E215" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F215" t="s">
-        <v>166</v>
+        <v>283</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>31</v>
+        <v>729</v>
       </c>
       <c r="H215" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="B216" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C216" t="s">
-        <v>728</v>
+        <v>101</v>
       </c>
       <c r="D216" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E216" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F216" t="s">
-        <v>143</v>
+        <v>287</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="H216" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B217" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C217" t="s">
-        <v>732</v>
+        <v>105</v>
       </c>
       <c r="D217" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E217" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F217" t="s">
-        <v>35</v>
+        <v>297</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="H217" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B218" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C218" t="s">
-        <v>736</v>
+        <v>340</v>
       </c>
       <c r="D218" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E218" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F218" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H218" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B219" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C219" t="s">
-        <v>740</v>
+        <v>109</v>
       </c>
       <c r="D219" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E219" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F219" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H219" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>743</v>
       </c>
       <c r="B220" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C220" t="s">
+        <v>113</v>
+      </c>
+      <c r="D220" t="s">
+        <v>41</v>
+      </c>
+      <c r="E220" t="s">
+        <v>42</v>
+      </c>
+      <c r="F220" t="s">
+        <v>274</v>
+      </c>
+      <c r="G220" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="D220" t="s">
-[...8 lines deleted...]
-      <c r="G220" s="1" t="s">
+      <c r="H220" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>746</v>
+      </c>
+      <c r="B221" t="s">
+        <v>622</v>
+      </c>
+      <c r="C221" t="s">
+        <v>117</v>
+      </c>
+      <c r="D221" t="s">
+        <v>41</v>
+      </c>
+      <c r="E221" t="s">
+        <v>42</v>
+      </c>
+      <c r="F221" t="s">
+        <v>65</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B221" t="s">
-[...2 lines deleted...]
-      <c r="C221" t="s">
+      <c r="H221" t="s">
         <v>748</v>
-      </c>
-[...13 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
+        <v>749</v>
+      </c>
+      <c r="B222" t="s">
+        <v>622</v>
+      </c>
+      <c r="C222" t="s">
+        <v>121</v>
+      </c>
+      <c r="D222" t="s">
+        <v>41</v>
+      </c>
+      <c r="E222" t="s">
+        <v>42</v>
+      </c>
+      <c r="F222" t="s">
+        <v>43</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H222" t="s">
         <v>751</v>
-      </c>
-[...19 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B223" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C223" t="s">
-        <v>756</v>
+        <v>125</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E223" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F223" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="H223" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="B224" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C224" t="s">
-        <v>760</v>
+        <v>129</v>
       </c>
       <c r="D224" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E224" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F224" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="H224" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="B225" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C225" t="s">
-        <v>764</v>
+        <v>133</v>
       </c>
       <c r="D225" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E225" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
       <c r="H225" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="B226" t="s">
-        <v>498</v>
+        <v>622</v>
       </c>
       <c r="C226" t="s">
-        <v>768</v>
+        <v>137</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E226" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F226" t="s">
-        <v>13</v>
+        <v>274</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="H226" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="B227" t="s">
-        <v>772</v>
+        <v>622</v>
       </c>
       <c r="C227" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="D227" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E227" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F227" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>31</v>
+        <v>765</v>
       </c>
       <c r="H227" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="B228" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C228" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="D228" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E228" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F228" t="s">
-        <v>266</v>
+        <v>43</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="H228" t="s">
-        <v>777</v>
+        <v>769</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="B229" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C229" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="D229" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E229" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F229" t="s">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
       <c r="H229" t="s">
-        <v>780</v>
+        <v>772</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="B230" t="s">
+        <v>622</v>
+      </c>
+      <c r="C230" t="s">
+        <v>153</v>
+      </c>
+      <c r="D230" t="s">
+        <v>41</v>
+      </c>
+      <c r="E230" t="s">
+        <v>42</v>
+      </c>
+      <c r="F230" t="s">
+        <v>43</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="H230" t="s">
         <v>775</v>
-      </c>
-[...16 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="B231" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C231" t="s">
-        <v>10</v>
+        <v>157</v>
       </c>
       <c r="D231" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E231" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F231" t="s">
-        <v>785</v>
+        <v>283</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="H231" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="B232" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C232" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E232" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F232" t="s">
-        <v>785</v>
+        <v>274</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="H232" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="B233" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C233" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="D233" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E233" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F233" t="s">
-        <v>40</v>
+        <v>283</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="H233" t="s">
-        <v>793</v>
+        <v>784</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>794</v>
+        <v>785</v>
       </c>
       <c r="B234" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C234" t="s">
-        <v>25</v>
+        <v>169</v>
       </c>
       <c r="D234" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E234" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F234" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>795</v>
+        <v>786</v>
       </c>
       <c r="H234" t="s">
-        <v>796</v>
+        <v>787</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>797</v>
+        <v>788</v>
       </c>
       <c r="B235" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C235" t="s">
-        <v>30</v>
+        <v>173</v>
       </c>
       <c r="D235" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E235" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F235" t="s">
-        <v>798</v>
+        <v>297</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>799</v>
+        <v>789</v>
       </c>
       <c r="H235" t="s">
-        <v>800</v>
+        <v>790</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>801</v>
+        <v>791</v>
       </c>
       <c r="B236" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C236" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="D236" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E236" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F236" t="s">
-        <v>785</v>
+        <v>43</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>802</v>
+        <v>792</v>
       </c>
       <c r="H236" t="s">
-        <v>803</v>
+        <v>793</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="B237" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C237" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E237" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F237" t="s">
+        <v>297</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>31</v>
+        <v>795</v>
       </c>
       <c r="H237" t="s">
-        <v>805</v>
+        <v>796</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>806</v>
+        <v>797</v>
       </c>
       <c r="B238" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C238" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="D238" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E238" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F238" t="s">
-        <v>785</v>
+        <v>491</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>807</v>
+        <v>798</v>
       </c>
       <c r="H238" t="s">
-        <v>808</v>
+        <v>799</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>809</v>
+        <v>800</v>
       </c>
       <c r="B239" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C239" t="s">
-        <v>44</v>
+        <v>801</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E239" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F239" t="s">
-        <v>810</v>
+        <v>43</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="H239" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="B240" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C240" t="s">
-        <v>48</v>
+        <v>189</v>
       </c>
       <c r="D240" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E240" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F240" t="s">
-        <v>143</v>
+        <v>466</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="H240" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>816</v>
+        <v>807</v>
       </c>
       <c r="B241" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C241" t="s">
-        <v>56</v>
+        <v>192</v>
       </c>
       <c r="D241" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E241" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F241" t="s">
-        <v>785</v>
+        <v>297</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
       <c r="H241" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="B242" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C242" t="s">
-        <v>60</v>
+        <v>195</v>
       </c>
       <c r="D242" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E242" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F242" t="s">
-        <v>820</v>
+        <v>274</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>821</v>
+        <v>811</v>
       </c>
       <c r="H242" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
       <c r="B243" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C243" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="D243" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E243" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F243" t="s">
-        <v>40</v>
+        <v>283</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>824</v>
+        <v>814</v>
       </c>
       <c r="H243" t="s">
-        <v>825</v>
+        <v>815</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>826</v>
+        <v>816</v>
       </c>
       <c r="B244" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C244" t="s">
-        <v>64</v>
+        <v>817</v>
       </c>
       <c r="D244" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E244" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F244" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="H244" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="B245" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C245" t="s">
-        <v>68</v>
+        <v>202</v>
       </c>
       <c r="D245" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E245" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F245" t="s">
-        <v>40</v>
+        <v>287</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="H245" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="B246" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C246" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="D246" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E246" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F246" t="s">
-        <v>40</v>
+        <v>283</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="H246" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="B247" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C247" t="s">
-        <v>76</v>
+        <v>210</v>
       </c>
       <c r="D247" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E247" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F247" t="s">
-        <v>40</v>
+        <v>297</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>836</v>
+        <v>827</v>
       </c>
       <c r="H247" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="B248" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C248" t="s">
-        <v>80</v>
+        <v>214</v>
       </c>
       <c r="D248" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E248" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F248" t="s">
-        <v>40</v>
+        <v>297</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="H248" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>841</v>
+        <v>832</v>
       </c>
       <c r="B249" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C249" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="D249" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E249" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F249" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>842</v>
+        <v>833</v>
       </c>
       <c r="H249" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="B250" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C250" t="s">
-        <v>84</v>
+        <v>836</v>
       </c>
       <c r="D250" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E250" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F250" t="s">
-        <v>798</v>
+        <v>287</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="H250" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
       <c r="B251" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C251" t="s">
-        <v>88</v>
+        <v>221</v>
       </c>
       <c r="D251" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E251" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F251" t="s">
-        <v>798</v>
+        <v>297</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>848</v>
+        <v>57</v>
       </c>
       <c r="H251" t="s">
-        <v>849</v>
+        <v>840</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>850</v>
+        <v>841</v>
       </c>
       <c r="B252" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C252" t="s">
-        <v>92</v>
+        <v>225</v>
       </c>
       <c r="D252" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E252" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F252" t="s">
-        <v>785</v>
+        <v>274</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>851</v>
+        <v>842</v>
       </c>
       <c r="H252" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>853</v>
+        <v>844</v>
       </c>
       <c r="B253" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C253" t="s">
-        <v>96</v>
+        <v>228</v>
       </c>
       <c r="D253" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E253" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F253" t="s">
-        <v>785</v>
+        <v>60</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>854</v>
+        <v>845</v>
       </c>
       <c r="H253" t="s">
-        <v>855</v>
+        <v>846</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>856</v>
+        <v>847</v>
       </c>
       <c r="B254" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C254" t="s">
-        <v>100</v>
+        <v>848</v>
       </c>
       <c r="D254" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E254" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F254" t="s">
-        <v>785</v>
+        <v>65</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="H254" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="B255" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C255" t="s">
-        <v>108</v>
+        <v>232</v>
       </c>
       <c r="D255" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E255" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F255" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>31</v>
+        <v>852</v>
       </c>
       <c r="H255" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="B256" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C256" t="s">
-        <v>112</v>
+        <v>235</v>
       </c>
       <c r="D256" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E256" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F256" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>31</v>
+        <v>855</v>
       </c>
       <c r="H256" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="B257" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C257" t="s">
-        <v>116</v>
+        <v>238</v>
       </c>
       <c r="D257" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E257" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F257" t="s">
-        <v>143</v>
+        <v>43</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
       <c r="H257" t="s">
-        <v>865</v>
+        <v>859</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>866</v>
+        <v>860</v>
       </c>
       <c r="B258" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C258" t="s">
-        <v>120</v>
+        <v>242</v>
       </c>
       <c r="D258" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E258" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F258" t="s">
-        <v>785</v>
+        <v>274</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>867</v>
+        <v>861</v>
       </c>
       <c r="H258" t="s">
-        <v>868</v>
+        <v>862</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>869</v>
+        <v>863</v>
       </c>
       <c r="B259" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C259" t="s">
-        <v>124</v>
+        <v>246</v>
       </c>
       <c r="D259" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E259" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F259" t="s">
-        <v>26</v>
+        <v>297</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>870</v>
+        <v>864</v>
       </c>
       <c r="H259" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>872</v>
+        <v>866</v>
       </c>
       <c r="B260" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C260" t="s">
-        <v>132</v>
+        <v>250</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E260" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F260" t="s">
-        <v>785</v>
+        <v>43</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>873</v>
+        <v>867</v>
       </c>
       <c r="H260" t="s">
-        <v>874</v>
+        <v>868</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>875</v>
+        <v>869</v>
       </c>
       <c r="B261" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C261" t="s">
-        <v>136</v>
+        <v>870</v>
       </c>
       <c r="D261" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E261" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F261" t="s">
-        <v>785</v>
+        <v>43</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="H261" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="B262" t="s">
-        <v>775</v>
+        <v>622</v>
       </c>
       <c r="C262" t="s">
-        <v>388</v>
+        <v>254</v>
       </c>
       <c r="D262" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E262" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F262" t="s">
-        <v>820</v>
+        <v>43</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="H262" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="B263" t="s">
-        <v>775</v>
+        <v>877</v>
       </c>
       <c r="C263" t="s">
-        <v>392</v>
+        <v>10</v>
       </c>
       <c r="D263" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E263" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F263" t="s">
-        <v>785</v>
+        <v>396</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>882</v>
+        <v>57</v>
       </c>
       <c r="H263" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="B264" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C264" t="s">
+        <v>10</v>
+      </c>
+      <c r="D264" t="s">
+        <v>624</v>
+      </c>
+      <c r="E264" t="s">
+        <v>625</v>
+      </c>
+      <c r="F264" t="s">
         <v>396</v>
       </c>
-      <c r="D264" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G264" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="H264" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="B265" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C265" t="s">
-        <v>400</v>
+        <v>21</v>
       </c>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>624</v>
       </c>
       <c r="E265" t="s">
-        <v>12</v>
+        <v>625</v>
       </c>
       <c r="F265" t="s">
-        <v>143</v>
+        <v>396</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="H265" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="B266" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C266" t="s">
-        <v>677</v>
+        <v>81</v>
       </c>
       <c r="D266" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E266" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F266" t="s">
-        <v>40</v>
+        <v>629</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="H266" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="B267" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C267" t="s">
-        <v>681</v>
+        <v>10</v>
       </c>
       <c r="D267" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E267" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F267" t="s">
-        <v>40</v>
+        <v>890</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="H267" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="B268" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C268" t="s">
-        <v>685</v>
+        <v>17</v>
       </c>
       <c r="D268" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E268" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F268" t="s">
-        <v>40</v>
+        <v>890</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="H268" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="B269" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C269" t="s">
-        <v>689</v>
+        <v>21</v>
       </c>
       <c r="D269" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E269" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F269" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="H269" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="B270" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C270" t="s">
-        <v>693</v>
+        <v>25</v>
       </c>
       <c r="D270" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E270" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F270" t="s">
-        <v>785</v>
+        <v>274</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="H270" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
+        <v>902</v>
+      </c>
+      <c r="B271" t="s">
+        <v>880</v>
+      </c>
+      <c r="C271" t="s">
+        <v>29</v>
+      </c>
+      <c r="D271" t="s">
+        <v>41</v>
+      </c>
+      <c r="E271" t="s">
+        <v>42</v>
+      </c>
+      <c r="F271" t="s">
+        <v>903</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H271" t="s">
         <v>905</v>
-      </c>
-[...19 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>906</v>
+      </c>
+      <c r="B272" t="s">
+        <v>880</v>
+      </c>
+      <c r="C272" t="s">
+        <v>33</v>
+      </c>
+      <c r="D272" t="s">
+        <v>41</v>
+      </c>
+      <c r="E272" t="s">
+        <v>42</v>
+      </c>
+      <c r="F272" t="s">
+        <v>890</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H272" t="s">
         <v>908</v>
-      </c>
-[...19 lines deleted...]
-        <v>910</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="B273" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C273" t="s">
-        <v>705</v>
+        <v>37</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E273" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>912</v>
+        <v>57</v>
       </c>
       <c r="H273" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="B274" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C274" t="s">
-        <v>709</v>
+        <v>64</v>
       </c>
       <c r="D274" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E274" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F274" t="s">
-        <v>143</v>
+        <v>890</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="H274" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>914</v>
+      </c>
+      <c r="B275" t="s">
+        <v>880</v>
+      </c>
+      <c r="C275" t="s">
+        <v>69</v>
+      </c>
+      <c r="D275" t="s">
+        <v>41</v>
+      </c>
+      <c r="E275" t="s">
+        <v>42</v>
+      </c>
+      <c r="F275" t="s">
+        <v>915</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H275" t="s">
         <v>917</v>
-      </c>
-[...19 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
+        <v>918</v>
+      </c>
+      <c r="B276" t="s">
+        <v>880</v>
+      </c>
+      <c r="C276" t="s">
+        <v>73</v>
+      </c>
+      <c r="D276" t="s">
+        <v>41</v>
+      </c>
+      <c r="E276" t="s">
+        <v>42</v>
+      </c>
+      <c r="F276" t="s">
+        <v>274</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H276" t="s">
         <v>920</v>
-      </c>
-[...19 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
+        <v>921</v>
+      </c>
+      <c r="B277" t="s">
+        <v>880</v>
+      </c>
+      <c r="C277" t="s">
+        <v>81</v>
+      </c>
+      <c r="D277" t="s">
+        <v>41</v>
+      </c>
+      <c r="E277" t="s">
+        <v>42</v>
+      </c>
+      <c r="F277" t="s">
+        <v>890</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H277" t="s">
         <v>923</v>
-      </c>
-[...19 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
+        <v>924</v>
+      </c>
+      <c r="B278" t="s">
+        <v>880</v>
+      </c>
+      <c r="C278" t="s">
+        <v>85</v>
+      </c>
+      <c r="D278" t="s">
+        <v>41</v>
+      </c>
+      <c r="E278" t="s">
+        <v>42</v>
+      </c>
+      <c r="F278" t="s">
+        <v>925</v>
+      </c>
+      <c r="G278" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="B278" t="s">
-[...14 lines deleted...]
-      <c r="G278" s="1" t="s">
+      <c r="H278" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
+        <v>928</v>
+      </c>
+      <c r="B279" t="s">
+        <v>880</v>
+      </c>
+      <c r="C279" t="s">
+        <v>324</v>
+      </c>
+      <c r="D279" t="s">
+        <v>41</v>
+      </c>
+      <c r="E279" t="s">
+        <v>42</v>
+      </c>
+      <c r="F279" t="s">
+        <v>65</v>
+      </c>
+      <c r="G279" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B279" t="s">
-[...14 lines deleted...]
-      <c r="G279" s="1" t="s">
+      <c r="H279" t="s">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>931</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
+        <v>931</v>
+      </c>
+      <c r="B280" t="s">
+        <v>880</v>
+      </c>
+      <c r="C280" t="s">
+        <v>89</v>
+      </c>
+      <c r="D280" t="s">
+        <v>41</v>
+      </c>
+      <c r="E280" t="s">
+        <v>42</v>
+      </c>
+      <c r="F280" t="s">
+        <v>65</v>
+      </c>
+      <c r="G280" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="B280" t="s">
-[...14 lines deleted...]
-      <c r="G280" s="1" t="s">
+      <c r="H280" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
+        <v>934</v>
+      </c>
+      <c r="B281" t="s">
+        <v>880</v>
+      </c>
+      <c r="C281" t="s">
+        <v>93</v>
+      </c>
+      <c r="D281" t="s">
+        <v>41</v>
+      </c>
+      <c r="E281" t="s">
+        <v>42</v>
+      </c>
+      <c r="F281" t="s">
+        <v>65</v>
+      </c>
+      <c r="G281" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B281" t="s">
-[...14 lines deleted...]
-      <c r="G281" s="1" t="s">
+      <c r="H281" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
+        <v>937</v>
+      </c>
+      <c r="B282" t="s">
+        <v>880</v>
+      </c>
+      <c r="C282" t="s">
+        <v>97</v>
+      </c>
+      <c r="D282" t="s">
+        <v>41</v>
+      </c>
+      <c r="E282" t="s">
+        <v>42</v>
+      </c>
+      <c r="F282" t="s">
+        <v>65</v>
+      </c>
+      <c r="G282" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="B282" t="s">
-[...14 lines deleted...]
-      <c r="G282" s="1" t="s">
+      <c r="H282" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>940</v>
+      </c>
+      <c r="B283" t="s">
+        <v>880</v>
+      </c>
+      <c r="C283" t="s">
+        <v>101</v>
+      </c>
+      <c r="D283" t="s">
+        <v>41</v>
+      </c>
+      <c r="E283" t="s">
+        <v>42</v>
+      </c>
+      <c r="F283" t="s">
+        <v>65</v>
+      </c>
+      <c r="G283" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B283" t="s">
-[...14 lines deleted...]
-      <c r="G283" s="1" t="s">
+      <c r="H283" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>943</v>
+      </c>
+      <c r="B284" t="s">
+        <v>880</v>
+      </c>
+      <c r="C284" t="s">
+        <v>105</v>
+      </c>
+      <c r="D284" t="s">
+        <v>41</v>
+      </c>
+      <c r="E284" t="s">
+        <v>42</v>
+      </c>
+      <c r="F284" t="s">
+        <v>65</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="B284" t="s">
-[...14 lines deleted...]
-      <c r="G284" s="1" t="s">
+      <c r="H284" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>946</v>
+      </c>
+      <c r="B285" t="s">
+        <v>880</v>
+      </c>
+      <c r="C285" t="s">
+        <v>340</v>
+      </c>
+      <c r="D285" t="s">
+        <v>41</v>
+      </c>
+      <c r="E285" t="s">
+        <v>42</v>
+      </c>
+      <c r="F285" t="s">
+        <v>274</v>
+      </c>
+      <c r="G285" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="B285" t="s">
-[...14 lines deleted...]
-      <c r="G285" s="1" t="s">
+      <c r="H285" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>949</v>
+      </c>
+      <c r="B286" t="s">
+        <v>880</v>
+      </c>
+      <c r="C286" t="s">
+        <v>109</v>
+      </c>
+      <c r="D286" t="s">
+        <v>41</v>
+      </c>
+      <c r="E286" t="s">
+        <v>42</v>
+      </c>
+      <c r="F286" t="s">
+        <v>903</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="B286" t="s">
-[...14 lines deleted...]
-      <c r="G286" s="1" t="s">
+      <c r="H286" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
+        <v>952</v>
+      </c>
+      <c r="B287" t="s">
+        <v>880</v>
+      </c>
+      <c r="C287" t="s">
+        <v>113</v>
+      </c>
+      <c r="D287" t="s">
+        <v>41</v>
+      </c>
+      <c r="E287" t="s">
+        <v>42</v>
+      </c>
+      <c r="F287" t="s">
+        <v>903</v>
+      </c>
+      <c r="G287" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B287" t="s">
-[...2 lines deleted...]
-      <c r="C287" t="s">
+      <c r="H287" t="s">
         <v>954</v>
-      </c>
-[...13 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>955</v>
+      </c>
+      <c r="B288" t="s">
+        <v>880</v>
+      </c>
+      <c r="C288" t="s">
+        <v>117</v>
+      </c>
+      <c r="D288" t="s">
+        <v>41</v>
+      </c>
+      <c r="E288" t="s">
+        <v>42</v>
+      </c>
+      <c r="F288" t="s">
+        <v>890</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H288" t="s">
         <v>957</v>
-      </c>
-[...19 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="B289" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C289" t="s">
-        <v>962</v>
+        <v>121</v>
       </c>
       <c r="D289" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E289" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F289" t="s">
-        <v>785</v>
+        <v>890</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="H289" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="B290" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C290" t="s">
-        <v>966</v>
+        <v>125</v>
       </c>
       <c r="D290" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E290" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F290" t="s">
-        <v>785</v>
+        <v>890</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="H290" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="B291" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C291" t="s">
-        <v>970</v>
+        <v>133</v>
       </c>
       <c r="D291" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E291" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F291" t="s">
-        <v>40</v>
+        <v>274</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>971</v>
+        <v>57</v>
       </c>
       <c r="H291" t="s">
-        <v>972</v>
+        <v>965</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>973</v>
+        <v>966</v>
       </c>
       <c r="B292" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C292" t="s">
-        <v>974</v>
+        <v>137</v>
       </c>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E292" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F292" t="s">
-        <v>35</v>
+        <v>274</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>975</v>
+        <v>57</v>
       </c>
       <c r="H292" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="B293" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C293" t="s">
-        <v>978</v>
+        <v>141</v>
       </c>
       <c r="D293" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E293" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F293" t="s">
-        <v>785</v>
+        <v>274</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="H293" t="s">
-        <v>980</v>
+        <v>970</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="B294" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C294" t="s">
-        <v>982</v>
+        <v>145</v>
       </c>
       <c r="D294" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E294" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F294" t="s">
-        <v>26</v>
+        <v>890</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="H294" t="s">
-        <v>984</v>
+        <v>973</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>985</v>
+        <v>974</v>
       </c>
       <c r="B295" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C295" t="s">
-        <v>986</v>
+        <v>149</v>
       </c>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E295" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F295" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>987</v>
+        <v>975</v>
       </c>
       <c r="H295" t="s">
-        <v>988</v>
+        <v>976</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>989</v>
+        <v>977</v>
       </c>
       <c r="B296" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C296" t="s">
-        <v>990</v>
+        <v>157</v>
       </c>
       <c r="D296" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E296" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F296" t="s">
-        <v>40</v>
+        <v>890</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>991</v>
+        <v>978</v>
       </c>
       <c r="H296" t="s">
-        <v>992</v>
+        <v>979</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>993</v>
+        <v>980</v>
       </c>
       <c r="B297" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C297" t="s">
-        <v>994</v>
+        <v>161</v>
       </c>
       <c r="D297" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E297" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F297" t="s">
-        <v>820</v>
+        <v>890</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="H297" t="s">
-        <v>996</v>
+        <v>982</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>997</v>
+        <v>983</v>
       </c>
       <c r="B298" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C298" t="s">
-        <v>998</v>
+        <v>173</v>
       </c>
       <c r="D298" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E298" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F298" t="s">
-        <v>785</v>
+        <v>925</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>999</v>
+        <v>984</v>
       </c>
       <c r="H298" t="s">
-        <v>1000</v>
+        <v>985</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="B299" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C299" t="s">
-        <v>1002</v>
+        <v>177</v>
       </c>
       <c r="D299" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E299" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F299" t="s">
-        <v>40</v>
+        <v>890</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1003</v>
+        <v>987</v>
       </c>
       <c r="H299" t="s">
-        <v>1004</v>
+        <v>988</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1005</v>
+        <v>989</v>
       </c>
       <c r="B300" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C300" t="s">
-        <v>1006</v>
+        <v>181</v>
       </c>
       <c r="D300" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E300" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F300" t="s">
-        <v>785</v>
+        <v>890</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1007</v>
+        <v>990</v>
       </c>
       <c r="H300" t="s">
-        <v>1008</v>
+        <v>991</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1009</v>
+        <v>992</v>
       </c>
       <c r="B301" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C301" t="s">
-        <v>1010</v>
+        <v>185</v>
       </c>
       <c r="D301" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E301" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F301" t="s">
-        <v>40</v>
+        <v>274</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="H301" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1013</v>
+        <v>995</v>
       </c>
       <c r="B302" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C302" t="s">
-        <v>1014</v>
+        <v>801</v>
       </c>
       <c r="D302" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E302" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F302" t="s">
-        <v>785</v>
+        <v>65</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1015</v>
+        <v>996</v>
       </c>
       <c r="H302" t="s">
-        <v>1016</v>
+        <v>997</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1017</v>
+        <v>998</v>
       </c>
       <c r="B303" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C303" t="s">
-        <v>1018</v>
+        <v>189</v>
       </c>
       <c r="D303" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E303" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F303" t="s">
-        <v>785</v>
+        <v>65</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1019</v>
+        <v>999</v>
       </c>
       <c r="H303" t="s">
-        <v>1020</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1021</v>
+        <v>1001</v>
       </c>
       <c r="B304" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C304" t="s">
-        <v>1022</v>
+        <v>192</v>
       </c>
       <c r="D304" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E304" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F304" t="s">
-        <v>1023</v>
+        <v>65</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1024</v>
+        <v>1002</v>
       </c>
       <c r="H304" t="s">
-        <v>1025</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1026</v>
+        <v>1004</v>
       </c>
       <c r="B305" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C305" t="s">
-        <v>1027</v>
+        <v>195</v>
       </c>
       <c r="D305" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E305" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F305" t="s">
-        <v>1023</v>
+        <v>65</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1028</v>
+        <v>1005</v>
       </c>
       <c r="H305" t="s">
-        <v>1029</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1030</v>
+        <v>1007</v>
       </c>
       <c r="B306" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C306" t="s">
-        <v>1031</v>
+        <v>199</v>
       </c>
       <c r="D306" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E306" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F306" t="s">
-        <v>1023</v>
+        <v>890</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1032</v>
+        <v>1008</v>
       </c>
       <c r="H306" t="s">
-        <v>1033</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1034</v>
+        <v>1010</v>
       </c>
       <c r="B307" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C307" t="s">
-        <v>1035</v>
+        <v>817</v>
       </c>
       <c r="D307" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E307" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F307" t="s">
-        <v>820</v>
+        <v>890</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1036</v>
+        <v>1011</v>
       </c>
       <c r="H307" t="s">
-        <v>1037</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1038</v>
+        <v>1013</v>
       </c>
       <c r="B308" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C308" t="s">
-        <v>1039</v>
+        <v>202</v>
       </c>
       <c r="D308" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E308" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F308" t="s">
-        <v>785</v>
+        <v>903</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1040</v>
+        <v>1014</v>
       </c>
       <c r="H308" t="s">
-        <v>1041</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1042</v>
+        <v>1016</v>
       </c>
       <c r="B309" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C309" t="s">
-        <v>1043</v>
+        <v>206</v>
       </c>
       <c r="D309" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E309" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F309" t="s">
-        <v>810</v>
+        <v>925</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1044</v>
+        <v>1017</v>
       </c>
       <c r="H309" t="s">
-        <v>1045</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1046</v>
+        <v>1019</v>
       </c>
       <c r="B310" t="s">
-        <v>775</v>
+        <v>880</v>
       </c>
       <c r="C310" t="s">
-        <v>1047</v>
+        <v>210</v>
       </c>
       <c r="D310" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E310" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F310" t="s">
-        <v>810</v>
+        <v>274</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>31</v>
+        <v>1020</v>
       </c>
       <c r="H310" t="s">
-        <v>1048</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>756</v>
+        <v>1022</v>
       </c>
       <c r="B311" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C311" t="s">
-        <v>10</v>
+        <v>214</v>
       </c>
       <c r="D311" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E311" t="s">
-        <v>501</v>
+        <v>42</v>
       </c>
       <c r="F311" t="s">
-        <v>505</v>
+        <v>925</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1050</v>
+        <v>1023</v>
       </c>
       <c r="H311" t="s">
-        <v>1051</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1052</v>
+        <v>1025</v>
       </c>
       <c r="B312" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C312" t="s">
-        <v>17</v>
+        <v>217</v>
       </c>
       <c r="D312" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E312" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F312" t="s">
+        <v>925</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1053</v>
+        <v>1026</v>
       </c>
       <c r="H312" t="s">
-        <v>1054</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1055</v>
+        <v>1028</v>
       </c>
       <c r="B313" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C313" t="s">
-        <v>21</v>
+        <v>836</v>
       </c>
       <c r="D313" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E313" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F313" t="s">
+        <v>890</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1056</v>
+        <v>1029</v>
       </c>
       <c r="H313" t="s">
-        <v>1057</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1006</v>
+        <v>1031</v>
       </c>
       <c r="B314" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C314" t="s">
-        <v>25</v>
+        <v>221</v>
       </c>
       <c r="D314" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E314" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F314" t="s">
+        <v>890</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1058</v>
+        <v>1032</v>
       </c>
       <c r="H314" t="s">
-        <v>1059</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1010</v>
+        <v>1034</v>
       </c>
       <c r="B315" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C315" t="s">
-        <v>170</v>
+        <v>228</v>
       </c>
       <c r="D315" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E315" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F315" t="s">
+        <v>65</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1060</v>
+        <v>1035</v>
       </c>
       <c r="H315" t="s">
-        <v>1061</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1014</v>
+        <v>1037</v>
       </c>
       <c r="B316" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C316" t="s">
-        <v>34</v>
+        <v>848</v>
       </c>
       <c r="D316" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E316" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F316" t="s">
+        <v>65</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1062</v>
+        <v>1038</v>
       </c>
       <c r="H316" t="s">
-        <v>1063</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1064</v>
+        <v>1040</v>
       </c>
       <c r="B317" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C317" t="s">
-        <v>39</v>
+        <v>232</v>
       </c>
       <c r="D317" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E317" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F317" t="s">
+        <v>65</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1065</v>
+        <v>1041</v>
       </c>
       <c r="H317" t="s">
-        <v>1066</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1067</v>
+        <v>1043</v>
       </c>
       <c r="B318" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C318" t="s">
-        <v>44</v>
+        <v>235</v>
       </c>
       <c r="D318" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E318" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F318" t="s">
+        <v>890</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1068</v>
+        <v>1044</v>
       </c>
       <c r="H318" t="s">
-        <v>1069</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="B319" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C319" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="D319" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E319" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F319" t="s">
+        <v>65</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
       <c r="H319" t="s">
-        <v>1072</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
       <c r="B320" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C320" t="s">
-        <v>52</v>
+        <v>242</v>
       </c>
       <c r="D320" t="s">
-        <v>500</v>
+        <v>41</v>
       </c>
       <c r="E320" t="s">
-        <v>501</v>
+        <v>42</v>
+      </c>
+      <c r="F320" t="s">
+        <v>65</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1074</v>
+        <v>1050</v>
       </c>
       <c r="H320" t="s">
-        <v>1075</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>740</v>
+        <v>1052</v>
       </c>
       <c r="B321" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C321" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="D321" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E321" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F321" t="s">
-        <v>266</v>
+        <v>903</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1076</v>
+        <v>1053</v>
       </c>
       <c r="H321" t="s">
-        <v>1077</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>744</v>
+        <v>1055</v>
       </c>
       <c r="B322" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C322" t="s">
-        <v>17</v>
+        <v>250</v>
       </c>
       <c r="D322" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E322" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F322" t="s">
-        <v>266</v>
+        <v>903</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1078</v>
+        <v>1056</v>
       </c>
       <c r="H322" t="s">
-        <v>1079</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>736</v>
+        <v>1058</v>
       </c>
       <c r="B323" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C323" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="D323" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E323" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F323" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1080</v>
+        <v>1059</v>
       </c>
       <c r="H323" t="s">
-        <v>1081</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>748</v>
+        <v>1061</v>
       </c>
       <c r="B324" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C324" t="s">
-        <v>25</v>
+        <v>1062</v>
       </c>
       <c r="D324" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E324" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F324" t="s">
+        <v>890</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1082</v>
+        <v>1063</v>
       </c>
       <c r="H324" t="s">
-        <v>1083</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>752</v>
+        <v>1065</v>
       </c>
       <c r="B325" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C325" t="s">
-        <v>30</v>
+        <v>1066</v>
       </c>
       <c r="D325" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E325" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F325" t="s">
+        <v>890</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1084</v>
+        <v>1067</v>
       </c>
       <c r="H325" t="s">
-        <v>1085</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>962</v>
+        <v>1069</v>
       </c>
       <c r="B326" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C326" t="s">
-        <v>52</v>
+        <v>1070</v>
       </c>
       <c r="D326" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E326" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F326" t="s">
+        <v>890</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1086</v>
+        <v>1071</v>
       </c>
       <c r="H326" t="s">
-        <v>1087</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1088</v>
+        <v>1073</v>
       </c>
       <c r="B327" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C327" t="s">
-        <v>56</v>
+        <v>1074</v>
       </c>
       <c r="D327" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E327" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F327" t="s">
+        <v>65</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1089</v>
+        <v>1075</v>
       </c>
       <c r="H327" t="s">
-        <v>1090</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1002</v>
+        <v>1077</v>
       </c>
       <c r="B328" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C328" t="s">
-        <v>270</v>
+        <v>1078</v>
       </c>
       <c r="D328" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E328" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F328" t="s">
+        <v>60</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
       <c r="H328" t="s">
-        <v>1092</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1018</v>
+        <v>1081</v>
       </c>
       <c r="B329" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C329" t="s">
-        <v>60</v>
+        <v>1082</v>
       </c>
       <c r="D329" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E329" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F329" t="s">
+        <v>890</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1093</v>
+        <v>1083</v>
       </c>
       <c r="H329" t="s">
-        <v>1094</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1022</v>
+        <v>1085</v>
       </c>
       <c r="B330" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C330" t="s">
-        <v>64</v>
+        <v>1086</v>
       </c>
       <c r="D330" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E330" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F330" t="s">
+        <v>53</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="H330" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="B331" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C331" t="s">
-        <v>68</v>
+        <v>1090</v>
       </c>
       <c r="D331" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E331" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F331" t="s">
+        <v>65</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
       <c r="H331" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
       <c r="B332" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C332" t="s">
-        <v>72</v>
+        <v>1094</v>
       </c>
       <c r="D332" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E332" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F332" t="s">
+        <v>65</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="H332" t="s">
-        <v>1102</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1103</v>
+        <v>1097</v>
       </c>
       <c r="B333" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C333" t="s">
-        <v>76</v>
+        <v>1098</v>
       </c>
       <c r="D333" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E333" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F333" t="s">
+        <v>925</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="H333" t="s">
-        <v>1105</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="B334" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C334" t="s">
-        <v>84</v>
+        <v>1102</v>
       </c>
       <c r="D334" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E334" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F334" t="s">
+        <v>890</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="H334" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="B335" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C335" t="s">
-        <v>88</v>
+        <v>1106</v>
       </c>
       <c r="D335" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E335" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F335" t="s">
+        <v>65</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="H335" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B336" t="s">
+        <v>880</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D336" t="s">
+        <v>41</v>
+      </c>
+      <c r="E336" t="s">
+        <v>42</v>
+      </c>
+      <c r="F336" t="s">
+        <v>890</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H336" t="s">
         <v>1112</v>
-      </c>
-[...16 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B337" t="s">
+        <v>880</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D337" t="s">
+        <v>41</v>
+      </c>
+      <c r="E337" t="s">
+        <v>42</v>
+      </c>
+      <c r="F337" t="s">
+        <v>65</v>
+      </c>
+      <c r="G337" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="B337" t="s">
-[...11 lines deleted...]
-      <c r="G337" s="1" t="s">
+      <c r="H337" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B338" t="s">
+        <v>880</v>
+      </c>
+      <c r="C338" t="s">
         <v>1118</v>
       </c>
-      <c r="B338" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D338" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E338" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
       <c r="F338" t="s">
-        <v>505</v>
+        <v>890</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="H338" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1121</v>
       </c>
       <c r="B339" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C339" t="s">
-        <v>104</v>
+        <v>1122</v>
       </c>
       <c r="D339" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E339" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F339" t="s">
+        <v>890</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="H339" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B340" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C340" t="s">
-        <v>108</v>
+        <v>1126</v>
       </c>
       <c r="D340" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E340" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1127</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="H340" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B341" t="s">
+        <v>880</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D341" t="s">
+        <v>41</v>
+      </c>
+      <c r="E341" t="s">
+        <v>42</v>
+      </c>
+      <c r="F341" t="s">
         <v>1127</v>
       </c>
-      <c r="B341" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G341" s="1" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="H341" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="B342" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C342" t="s">
-        <v>116</v>
+        <v>1135</v>
       </c>
       <c r="D342" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E342" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1127</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="H342" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="B343" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C343" t="s">
-        <v>120</v>
+        <v>1139</v>
       </c>
       <c r="D343" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E343" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F343" t="s">
+        <v>925</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="H343" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1136</v>
+        <v>1142</v>
       </c>
       <c r="B344" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C344" t="s">
-        <v>124</v>
+        <v>1143</v>
       </c>
       <c r="D344" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E344" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F344" t="s">
+        <v>890</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="H344" t="s">
-        <v>1138</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1139</v>
+        <v>1146</v>
       </c>
       <c r="B345" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C345" t="s">
-        <v>128</v>
+        <v>1147</v>
       </c>
       <c r="D345" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E345" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F345" t="s">
+        <v>915</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="H345" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="B346" t="s">
-        <v>1049</v>
+        <v>880</v>
       </c>
       <c r="C346" t="s">
-        <v>132</v>
+        <v>1151</v>
       </c>
       <c r="D346" t="s">
-        <v>264</v>
+        <v>41</v>
       </c>
       <c r="E346" t="s">
-        <v>265</v>
+        <v>42</v>
+      </c>
+      <c r="F346" t="s">
+        <v>915</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1143</v>
+        <v>57</v>
       </c>
       <c r="H346" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1145</v>
+        <v>246</v>
       </c>
       <c r="B347" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C347" t="s">
-        <v>136</v>
+        <v>10</v>
       </c>
       <c r="D347" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E347" t="s">
-        <v>265</v>
+        <v>625</v>
+      </c>
+      <c r="F347" t="s">
+        <v>629</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="H347" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
       <c r="B348" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C348" t="s">
-        <v>380</v>
+        <v>17</v>
       </c>
       <c r="D348" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E348" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>31</v>
+        <v>1157</v>
       </c>
       <c r="H348" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="B349" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C349" t="s">
-        <v>388</v>
+        <v>21</v>
       </c>
       <c r="D349" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E349" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>31</v>
+        <v>1160</v>
       </c>
       <c r="H349" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1152</v>
+        <v>1110</v>
       </c>
       <c r="B350" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C350" t="s">
-        <v>392</v>
+        <v>25</v>
       </c>
       <c r="D350" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E350" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="H350" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1155</v>
+        <v>1114</v>
       </c>
       <c r="B351" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C351" t="s">
-        <v>396</v>
+        <v>33</v>
       </c>
       <c r="D351" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E351" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
       <c r="H351" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1157</v>
+        <v>1118</v>
       </c>
       <c r="B352" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C352" t="s">
-        <v>400</v>
+        <v>37</v>
       </c>
       <c r="D352" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E352" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="H352" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="B353" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C353" t="s">
-        <v>677</v>
+        <v>64</v>
       </c>
       <c r="D353" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E353" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="H353" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1163</v>
+        <v>1171</v>
       </c>
       <c r="B354" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C354" t="s">
-        <v>681</v>
+        <v>69</v>
       </c>
       <c r="D354" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E354" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
       <c r="H354" t="s">
-        <v>1165</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
       <c r="B355" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C355" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="D355" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E355" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="H355" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="B356" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C356" t="s">
-        <v>689</v>
+        <v>77</v>
       </c>
       <c r="D356" t="s">
-        <v>264</v>
+        <v>624</v>
       </c>
       <c r="E356" t="s">
-        <v>265</v>
+        <v>625</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="H356" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1172</v>
+        <v>232</v>
       </c>
       <c r="B357" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C357" t="s">
-        <v>693</v>
+        <v>10</v>
       </c>
       <c r="D357" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E357" t="s">
-        <v>265</v>
+        <v>395</v>
+      </c>
+      <c r="F357" t="s">
+        <v>396</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
       <c r="H357" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1175</v>
+        <v>235</v>
       </c>
       <c r="B358" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C358" t="s">
-        <v>697</v>
+        <v>17</v>
       </c>
       <c r="D358" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E358" t="s">
-        <v>265</v>
+        <v>395</v>
+      </c>
+      <c r="F358" t="s">
+        <v>396</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="H358" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1178</v>
+        <v>848</v>
       </c>
       <c r="B359" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C359" t="s">
-        <v>701</v>
+        <v>21</v>
       </c>
       <c r="D359" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E359" t="s">
-        <v>265</v>
+        <v>395</v>
+      </c>
+      <c r="F359" t="s">
+        <v>629</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="H359" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1181</v>
+        <v>238</v>
       </c>
       <c r="B360" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C360" t="s">
-        <v>705</v>
+        <v>25</v>
       </c>
       <c r="D360" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E360" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="H360" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1184</v>
+        <v>242</v>
       </c>
       <c r="B361" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C361" t="s">
-        <v>709</v>
+        <v>29</v>
       </c>
       <c r="D361" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E361" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="H361" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1187</v>
+        <v>1066</v>
       </c>
       <c r="B362" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C362" t="s">
-        <v>713</v>
+        <v>77</v>
       </c>
       <c r="D362" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E362" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="H362" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="B363" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C363" t="s">
-        <v>717</v>
+        <v>81</v>
       </c>
       <c r="D363" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E363" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="H363" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1193</v>
+        <v>1106</v>
       </c>
       <c r="B364" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C364" t="s">
-        <v>721</v>
+        <v>400</v>
       </c>
       <c r="D364" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E364" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>395</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="H364" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1196</v>
+        <v>1122</v>
       </c>
       <c r="B365" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C365" t="s">
-        <v>725</v>
+        <v>85</v>
       </c>
       <c r="D365" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E365" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>31</v>
+        <v>1197</v>
       </c>
       <c r="H365" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1198</v>
+        <v>1126</v>
       </c>
       <c r="B366" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C366" t="s">
-        <v>728</v>
+        <v>89</v>
       </c>
       <c r="D366" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E366" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="H366" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1201</v>
       </c>
       <c r="B367" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C367" t="s">
-        <v>732</v>
+        <v>93</v>
       </c>
       <c r="D367" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E367" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="H367" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1204</v>
       </c>
       <c r="B368" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C368" t="s">
-        <v>736</v>
+        <v>97</v>
       </c>
       <c r="D368" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E368" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="H368" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>1207</v>
       </c>
       <c r="B369" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C369" t="s">
-        <v>744</v>
+        <v>101</v>
       </c>
       <c r="D369" t="s">
-        <v>264</v>
+        <v>394</v>
       </c>
       <c r="E369" t="s">
-        <v>265</v>
+        <v>395</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="H369" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>994</v>
+        <v>1210</v>
       </c>
       <c r="B370" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C370" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="D370" t="s">
-        <v>1210</v>
+        <v>394</v>
       </c>
       <c r="E370" t="s">
+        <v>395</v>
+      </c>
+      <c r="G370" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="G370" s="1" t="s">
+      <c r="H370" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>760</v>
+        <v>1213</v>
       </c>
       <c r="B371" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C371" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="D371" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E371" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="H371" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>764</v>
+        <v>1216</v>
       </c>
       <c r="B372" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C372" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="D372" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E372" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>395</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="H372" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>768</v>
+        <v>1219</v>
       </c>
       <c r="B373" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C373" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="D373" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E373" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>395</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H373" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B374" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C374" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
       <c r="D374" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E374" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F374" t="s">
-        <v>143</v>
+        <v>629</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="H374" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="B375" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C375" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="D375" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E375" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>395</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="H375" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="B376" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C376" t="s">
-        <v>170</v>
+        <v>133</v>
       </c>
       <c r="D376" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E376" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>395</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="H376" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>954</v>
+        <v>1231</v>
       </c>
       <c r="B377" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C377" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="D377" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E377" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>395</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="H377" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>958</v>
+        <v>1234</v>
       </c>
       <c r="B378" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C378" t="s">
-        <v>44</v>
+        <v>141</v>
       </c>
       <c r="D378" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E378" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>395</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="H378" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>970</v>
+        <v>1237</v>
       </c>
       <c r="B379" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C379" t="s">
-        <v>48</v>
+        <v>145</v>
       </c>
       <c r="D379" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E379" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>395</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="H379" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>974</v>
+        <v>1240</v>
       </c>
       <c r="B380" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C380" t="s">
-        <v>52</v>
+        <v>149</v>
       </c>
       <c r="D380" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E380" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>395</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="H380" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>978</v>
+        <v>1243</v>
       </c>
       <c r="B381" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C381" t="s">
-        <v>56</v>
+        <v>153</v>
       </c>
       <c r="D381" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E381" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>1237</v>
+        <v>395</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="H381" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>982</v>
+        <v>1246</v>
       </c>
       <c r="B382" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C382" t="s">
-        <v>270</v>
+        <v>157</v>
       </c>
       <c r="D382" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E382" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="H382" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>986</v>
+        <v>1249</v>
       </c>
       <c r="B383" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C383" t="s">
-        <v>194</v>
+        <v>161</v>
       </c>
       <c r="D383" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E383" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="H383" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>990</v>
+        <v>1252</v>
       </c>
       <c r="B384" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C384" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="D384" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E384" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1244</v>
+        <v>57</v>
       </c>
       <c r="H384" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>998</v>
+        <v>1254</v>
       </c>
       <c r="B385" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C385" t="s">
-        <v>68</v>
+        <v>173</v>
       </c>
       <c r="D385" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E385" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1246</v>
+        <v>57</v>
       </c>
       <c r="H385" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1027</v>
+        <v>1256</v>
       </c>
       <c r="B386" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C386" t="s">
-        <v>72</v>
+        <v>177</v>
       </c>
       <c r="D386" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E386" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1248</v>
+        <v>1257</v>
       </c>
       <c r="H386" t="s">
-        <v>1249</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1031</v>
+        <v>1259</v>
       </c>
       <c r="B387" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C387" t="s">
-        <v>76</v>
+        <v>181</v>
       </c>
       <c r="D387" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E387" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>395</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="H387" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1035</v>
+        <v>1261</v>
       </c>
       <c r="B388" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C388" t="s">
-        <v>80</v>
+        <v>185</v>
       </c>
       <c r="D388" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E388" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>395</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="H388" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="B389" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C389" t="s">
-        <v>210</v>
+        <v>801</v>
       </c>
       <c r="D389" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E389" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>395</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="H389" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="B390" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C390" t="s">
-        <v>84</v>
+        <v>189</v>
       </c>
       <c r="D390" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E390" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>395</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="H390" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1260</v>
+        <v>1270</v>
       </c>
       <c r="B391" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C391" t="s">
-        <v>88</v>
+        <v>192</v>
       </c>
       <c r="D391" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E391" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>395</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1261</v>
+        <v>1271</v>
       </c>
       <c r="H391" t="s">
-        <v>1262</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
       <c r="B392" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C392" t="s">
-        <v>92</v>
+        <v>195</v>
       </c>
       <c r="D392" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E392" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>395</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="H392" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="B393" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C393" t="s">
-        <v>96</v>
+        <v>199</v>
       </c>
       <c r="D393" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E393" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>395</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="H393" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1039</v>
+        <v>1279</v>
       </c>
       <c r="B394" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C394" t="s">
-        <v>100</v>
+        <v>817</v>
       </c>
       <c r="D394" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E394" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>395</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="H394" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1043</v>
+        <v>1282</v>
       </c>
       <c r="B395" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C395" t="s">
-        <v>104</v>
+        <v>202</v>
       </c>
       <c r="D395" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E395" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>395</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1271</v>
+        <v>1283</v>
       </c>
       <c r="H395" t="s">
-        <v>1272</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1047</v>
+        <v>1285</v>
       </c>
       <c r="B396" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C396" t="s">
-        <v>108</v>
+        <v>206</v>
       </c>
       <c r="D396" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E396" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>395</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1273</v>
+        <v>1286</v>
       </c>
       <c r="H396" t="s">
-        <v>1274</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1275</v>
+        <v>1288</v>
       </c>
       <c r="B397" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C397" t="s">
-        <v>112</v>
+        <v>210</v>
       </c>
       <c r="D397" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E397" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>395</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1276</v>
+        <v>1289</v>
       </c>
       <c r="H397" t="s">
-        <v>1277</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1278</v>
+        <v>1291</v>
       </c>
       <c r="B398" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C398" t="s">
-        <v>116</v>
+        <v>214</v>
       </c>
       <c r="D398" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E398" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>395</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1279</v>
+        <v>1292</v>
       </c>
       <c r="H398" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
       <c r="B399" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C399" t="s">
-        <v>120</v>
+        <v>217</v>
       </c>
       <c r="D399" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E399" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>395</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="H399" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1284</v>
+        <v>1297</v>
       </c>
       <c r="B400" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C400" t="s">
-        <v>124</v>
+        <v>836</v>
       </c>
       <c r="D400" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E400" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="F400" t="s">
-        <v>143</v>
+        <v>629</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1285</v>
+        <v>1298</v>
       </c>
       <c r="H400" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="B401" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C401" t="s">
-        <v>128</v>
+        <v>221</v>
       </c>
       <c r="D401" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E401" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>395</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1288</v>
+        <v>57</v>
       </c>
       <c r="H401" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1290</v>
+        <v>1302</v>
       </c>
       <c r="B402" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C402" t="s">
-        <v>132</v>
+        <v>225</v>
       </c>
       <c r="D402" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E402" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="H402" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="B403" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C403" t="s">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="D403" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E403" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>395</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="H403" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="B404" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C404" t="s">
-        <v>380</v>
+        <v>848</v>
       </c>
       <c r="D404" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E404" t="s">
-        <v>12</v>
+        <v>395</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>31</v>
+        <v>1309</v>
       </c>
       <c r="H404" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="B405" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C405" t="s">
-        <v>388</v>
+        <v>235</v>
       </c>
       <c r="D405" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
       <c r="E405" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>395</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="H405" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1301</v>
+        <v>1098</v>
       </c>
       <c r="B406" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C406" t="s">
-        <v>392</v>
+        <v>10</v>
       </c>
       <c r="D406" t="s">
-        <v>11</v>
+        <v>1314</v>
       </c>
       <c r="E406" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>1315</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="H406" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1304</v>
+        <v>250</v>
       </c>
       <c r="B407" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C407" t="s">
-        <v>396</v>
+        <v>10</v>
       </c>
       <c r="D407" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E407" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F407" t="s">
-        <v>785</v>
+        <v>890</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="H407" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1307</v>
+        <v>870</v>
       </c>
       <c r="B408" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C408" t="s">
-        <v>400</v>
+        <v>17</v>
       </c>
       <c r="D408" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E408" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F408" t="s">
-        <v>798</v>
+        <v>915</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="H408" t="s">
-        <v>1309</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1310</v>
+        <v>254</v>
       </c>
       <c r="B409" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C409" t="s">
-        <v>677</v>
+        <v>21</v>
       </c>
       <c r="D409" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E409" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F409" t="s">
-        <v>785</v>
+        <v>915</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
       <c r="H409" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1313</v>
+        <v>257</v>
       </c>
       <c r="B410" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C410" t="s">
-        <v>681</v>
+        <v>25</v>
       </c>
       <c r="D410" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E410" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F410" t="s">
-        <v>1314</v>
+        <v>274</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1315</v>
+        <v>1324</v>
       </c>
       <c r="H410" t="s">
-        <v>1316</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1317</v>
+        <v>261</v>
       </c>
       <c r="B411" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C411" t="s">
-        <v>685</v>
+        <v>29</v>
       </c>
       <c r="D411" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E411" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F411" t="s">
-        <v>1314</v>
+        <v>274</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
       <c r="H411" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1320</v>
+        <v>265</v>
       </c>
       <c r="B412" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C412" t="s">
-        <v>689</v>
+        <v>33</v>
       </c>
       <c r="D412" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E412" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F412" t="s">
-        <v>785</v>
+        <v>65</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="H412" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1323</v>
+        <v>269</v>
       </c>
       <c r="B413" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C413" t="s">
-        <v>697</v>
+        <v>37</v>
       </c>
       <c r="D413" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E413" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F413" t="s">
+        <v>65</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="H413" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1326</v>
+        <v>1062</v>
       </c>
       <c r="B414" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C414" t="s">
-        <v>701</v>
+        <v>69</v>
       </c>
       <c r="D414" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E414" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F414" t="s">
-        <v>798</v>
+        <v>65</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="H414" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1329</v>
+        <v>1074</v>
       </c>
       <c r="B415" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C415" t="s">
-        <v>705</v>
+        <v>73</v>
       </c>
       <c r="D415" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E415" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F415" t="s">
+        <v>65</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="H415" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1332</v>
+        <v>1078</v>
       </c>
       <c r="B416" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C416" t="s">
-        <v>713</v>
+        <v>77</v>
       </c>
       <c r="D416" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E416" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F416" t="s">
+        <v>915</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="H416" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1335</v>
+        <v>1082</v>
       </c>
       <c r="B417" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C417" t="s">
-        <v>717</v>
+        <v>81</v>
       </c>
       <c r="D417" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E417" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1338</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="H417" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1338</v>
+        <v>1086</v>
       </c>
       <c r="B418" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C418" t="s">
-        <v>721</v>
+        <v>400</v>
       </c>
       <c r="D418" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E418" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F418" t="s">
+        <v>890</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="H418" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1341</v>
+        <v>1090</v>
       </c>
       <c r="B419" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C419" t="s">
-        <v>725</v>
+        <v>324</v>
       </c>
       <c r="D419" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E419" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F419" t="s">
+        <v>890</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>31</v>
+        <v>1343</v>
       </c>
       <c r="H419" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1343</v>
+        <v>1094</v>
       </c>
       <c r="B420" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C420" t="s">
-        <v>728</v>
+        <v>89</v>
       </c>
       <c r="D420" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E420" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F420" t="s">
+        <v>890</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="H420" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1346</v>
+        <v>1102</v>
       </c>
       <c r="B421" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C421" t="s">
-        <v>732</v>
+        <v>93</v>
       </c>
       <c r="D421" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E421" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F421" t="s">
+        <v>890</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="H421" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C422" t="s">
+        <v>97</v>
+      </c>
+      <c r="D422" t="s">
+        <v>41</v>
+      </c>
+      <c r="E422" t="s">
+        <v>42</v>
+      </c>
+      <c r="F422" t="s">
+        <v>890</v>
+      </c>
+      <c r="G422" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="B422" t="s">
-[...11 lines deleted...]
-      <c r="G422" s="1" t="s">
+      <c r="H422" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C423" t="s">
+        <v>101</v>
+      </c>
+      <c r="D423" t="s">
+        <v>41</v>
+      </c>
+      <c r="E423" t="s">
+        <v>42</v>
+      </c>
+      <c r="F423" t="s">
+        <v>925</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H423" t="s">
         <v>1352</v>
-      </c>
-[...16 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1355</v>
+        <v>1139</v>
       </c>
       <c r="B424" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C424" t="s">
-        <v>748</v>
+        <v>105</v>
       </c>
       <c r="D424" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E424" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F424" t="s">
+        <v>925</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>31</v>
+        <v>1353</v>
       </c>
       <c r="H424" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C425" t="s">
+        <v>340</v>
+      </c>
+      <c r="D425" t="s">
+        <v>41</v>
+      </c>
+      <c r="E425" t="s">
+        <v>42</v>
+      </c>
+      <c r="F425" t="s">
+        <v>925</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H425" t="s">
         <v>1357</v>
-      </c>
-[...16 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C426" t="s">
+        <v>109</v>
+      </c>
+      <c r="D426" t="s">
+        <v>41</v>
+      </c>
+      <c r="E426" t="s">
+        <v>42</v>
+      </c>
+      <c r="F426" t="s">
+        <v>903</v>
+      </c>
+      <c r="G426" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="B426" t="s">
-[...11 lines deleted...]
-      <c r="G426" s="1" t="s">
+      <c r="H426" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C427" t="s">
+        <v>113</v>
+      </c>
+      <c r="D427" t="s">
+        <v>41</v>
+      </c>
+      <c r="E427" t="s">
+        <v>42</v>
+      </c>
+      <c r="F427" t="s">
+        <v>915</v>
+      </c>
+      <c r="G427" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="B427" t="s">
-[...11 lines deleted...]
-      <c r="G427" s="1" t="s">
+      <c r="H427" t="s">
         <v>1363</v>
-      </c>
-[...1 lines deleted...]
-        <v>1364</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C428" t="s">
+        <v>117</v>
+      </c>
+      <c r="D428" t="s">
+        <v>41</v>
+      </c>
+      <c r="E428" t="s">
+        <v>42</v>
+      </c>
+      <c r="F428" t="s">
+        <v>915</v>
+      </c>
+      <c r="G428" s="1" t="s">
         <v>1365</v>
       </c>
-      <c r="B428" t="s">
-[...11 lines deleted...]
-      <c r="G428" s="1" t="s">
+      <c r="H428" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C429" t="s">
+        <v>121</v>
+      </c>
+      <c r="D429" t="s">
+        <v>41</v>
+      </c>
+      <c r="E429" t="s">
+        <v>42</v>
+      </c>
+      <c r="F429" t="s">
+        <v>65</v>
+      </c>
+      <c r="G429" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B429" t="s">
-[...11 lines deleted...]
-      <c r="G429" s="1" t="s">
+      <c r="H429" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B430" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C430" t="s">
+        <v>125</v>
+      </c>
+      <c r="D430" t="s">
+        <v>41</v>
+      </c>
+      <c r="E430" t="s">
+        <v>42</v>
+      </c>
+      <c r="F430" t="s">
+        <v>65</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H430" t="s">
         <v>1371</v>
-      </c>
-[...16 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1374</v>
+        <v>1147</v>
       </c>
       <c r="B431" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C431" t="s">
-        <v>962</v>
+        <v>129</v>
       </c>
       <c r="D431" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E431" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F431" t="s">
+        <v>274</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1375</v>
+        <v>1372</v>
       </c>
       <c r="H431" t="s">
-        <v>1376</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1377</v>
+        <v>1151</v>
       </c>
       <c r="B432" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C432" t="s">
-        <v>966</v>
+        <v>133</v>
       </c>
       <c r="D432" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E432" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F432" t="s">
+        <v>60</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1378</v>
+        <v>1374</v>
       </c>
       <c r="H432" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="B433" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C433" t="s">
-        <v>970</v>
+        <v>137</v>
       </c>
       <c r="D433" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E433" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F433" t="s">
+        <v>925</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>31</v>
+        <v>1377</v>
       </c>
       <c r="H433" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="B434" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C434" t="s">
-        <v>974</v>
+        <v>141</v>
       </c>
       <c r="D434" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E434" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F434" t="s">
+        <v>274</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="H434" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
       <c r="B435" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C435" t="s">
-        <v>978</v>
+        <v>145</v>
       </c>
       <c r="D435" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E435" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F435" t="s">
+        <v>274</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="H435" t="s">
-        <v>1387</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1388</v>
+        <v>1385</v>
       </c>
       <c r="B436" t="s">
-        <v>1049</v>
+        <v>1153</v>
       </c>
       <c r="C436" t="s">
-        <v>982</v>
+        <v>149</v>
       </c>
       <c r="D436" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E436" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F436" t="s">
+        <v>274</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1389</v>
+        <v>1386</v>
       </c>
       <c r="H436" t="s">
-        <v>1390</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>96</v>
+        <v>1388</v>
       </c>
       <c r="B437" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C437" t="s">
-        <v>17</v>
+        <v>153</v>
       </c>
       <c r="D437" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E437" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F437" t="s">
-        <v>798</v>
+        <v>925</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
       <c r="H437" t="s">
-        <v>1393</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>52</v>
+        <v>1391</v>
       </c>
       <c r="B438" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C438" t="s">
-        <v>21</v>
+        <v>157</v>
       </c>
       <c r="D438" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E438" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F438" t="s">
-        <v>35</v>
+        <v>890</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="H438" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>104</v>
+        <v>1394</v>
       </c>
       <c r="B439" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C439" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="D439" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E439" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F439" t="s">
-        <v>26</v>
+        <v>890</v>
       </c>
       <c r="G439" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H439" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>697</v>
+        <v>1397</v>
       </c>
       <c r="B440" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C440" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D440" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E440" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G440" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H440" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>701</v>
+        <v>1399</v>
       </c>
       <c r="B441" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C441" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="D441" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E441" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F441" t="s">
-        <v>820</v>
+        <v>274</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>1400</v>
       </c>
       <c r="H441" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>705</v>
+        <v>1402</v>
       </c>
       <c r="B442" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C442" t="s">
-        <v>39</v>
+        <v>177</v>
       </c>
       <c r="D442" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E442" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F442" t="s">
-        <v>820</v>
+        <v>890</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="H442" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>72</v>
+        <v>1405</v>
       </c>
       <c r="B443" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C443" t="s">
-        <v>44</v>
+        <v>181</v>
       </c>
       <c r="D443" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E443" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F443" t="s">
-        <v>785</v>
+        <v>890</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="H443" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>392</v>
+        <v>1408</v>
       </c>
       <c r="B444" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C444" t="s">
-        <v>48</v>
+        <v>185</v>
       </c>
       <c r="D444" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E444" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F444" t="s">
-        <v>810</v>
+        <v>903</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="H444" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>88</v>
+        <v>1411</v>
       </c>
       <c r="B445" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C445" t="s">
-        <v>52</v>
+        <v>801</v>
       </c>
       <c r="D445" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E445" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F445" t="s">
-        <v>798</v>
+        <v>890</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="H445" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>92</v>
+        <v>1414</v>
       </c>
       <c r="B446" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C446" t="s">
-        <v>56</v>
+        <v>189</v>
       </c>
       <c r="D446" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E446" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F446" t="s">
-        <v>798</v>
+        <v>1415</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="H446" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>60</v>
+        <v>1418</v>
       </c>
       <c r="B447" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C447" t="s">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="D447" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E447" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F447" t="s">
-        <v>40</v>
+        <v>1415</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="H447" t="s">
-        <v>1413</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>116</v>
+        <v>1421</v>
       </c>
       <c r="B448" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C448" t="s">
-        <v>60</v>
+        <v>195</v>
       </c>
       <c r="D448" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E448" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F448" t="s">
-        <v>26</v>
+        <v>890</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="H448" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>68</v>
+        <v>1424</v>
       </c>
       <c r="B449" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C449" t="s">
-        <v>194</v>
+        <v>817</v>
       </c>
       <c r="D449" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E449" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>42</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1416</v>
+        <v>1425</v>
       </c>
       <c r="H449" t="s">
-        <v>1417</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>713</v>
+        <v>1427</v>
       </c>
       <c r="B450" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C450" t="s">
-        <v>72</v>
+        <v>202</v>
       </c>
       <c r="D450" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E450" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F450" t="s">
-        <v>820</v>
+        <v>903</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="H450" t="s">
-        <v>1419</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>80</v>
+        <v>1430</v>
       </c>
       <c r="B451" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C451" t="s">
-        <v>80</v>
+        <v>206</v>
       </c>
       <c r="D451" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E451" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>42</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
       <c r="H451" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>44</v>
+        <v>1433</v>
       </c>
       <c r="B452" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C452" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D452" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E452" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="H452" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>396</v>
+        <v>1436</v>
       </c>
       <c r="B453" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C453" t="s">
-        <v>84</v>
+        <v>217</v>
       </c>
       <c r="D453" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E453" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>42</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1424</v>
+        <v>1437</v>
       </c>
       <c r="H453" t="s">
-        <v>1425</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>124</v>
+        <v>1439</v>
       </c>
       <c r="B454" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C454" t="s">
-        <v>88</v>
+        <v>836</v>
       </c>
       <c r="D454" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E454" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1426</v>
+        <v>1440</v>
       </c>
       <c r="H454" t="s">
-        <v>1427</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>400</v>
+        <v>1442</v>
       </c>
       <c r="B455" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C455" t="s">
-        <v>92</v>
+        <v>221</v>
       </c>
       <c r="D455" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E455" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1428</v>
+        <v>57</v>
       </c>
       <c r="H455" t="s">
-        <v>1429</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>677</v>
+        <v>1444</v>
       </c>
       <c r="B456" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C456" t="s">
-        <v>96</v>
+        <v>225</v>
       </c>
       <c r="D456" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E456" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1430</v>
+        <v>1445</v>
       </c>
       <c r="H456" t="s">
-        <v>1431</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>100</v>
+        <v>1447</v>
       </c>
       <c r="B457" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C457" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="D457" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E457" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1432</v>
+        <v>1448</v>
       </c>
       <c r="H457" t="s">
-        <v>1433</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>120</v>
+        <v>1450</v>
       </c>
       <c r="B458" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C458" t="s">
-        <v>104</v>
+        <v>848</v>
       </c>
       <c r="D458" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E458" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1434</v>
+        <v>1451</v>
       </c>
       <c r="H458" t="s">
-        <v>1435</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>108</v>
+        <v>1453</v>
       </c>
       <c r="B459" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C459" t="s">
-        <v>108</v>
+        <v>235</v>
       </c>
       <c r="D459" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E459" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1436</v>
+        <v>1454</v>
       </c>
       <c r="H459" t="s">
-        <v>1437</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>112</v>
+        <v>1456</v>
       </c>
       <c r="B460" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C460" t="s">
-        <v>116</v>
+        <v>238</v>
       </c>
       <c r="D460" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E460" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1438</v>
+        <v>57</v>
       </c>
       <c r="H460" t="s">
-        <v>1439</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>685</v>
+        <v>1458</v>
       </c>
       <c r="B461" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C461" t="s">
-        <v>120</v>
+        <v>242</v>
       </c>
       <c r="D461" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E461" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1440</v>
+        <v>57</v>
       </c>
       <c r="H461" t="s">
-        <v>1441</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>76</v>
+        <v>1460</v>
       </c>
       <c r="B462" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C462" t="s">
-        <v>124</v>
+        <v>254</v>
       </c>
       <c r="D462" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E462" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>42</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1442</v>
+        <v>1461</v>
       </c>
       <c r="H462" t="s">
-        <v>1443</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>48</v>
+        <v>1463</v>
       </c>
       <c r="B463" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C463" t="s">
-        <v>128</v>
+        <v>257</v>
       </c>
       <c r="D463" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E463" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1444</v>
+        <v>1464</v>
       </c>
       <c r="H463" t="s">
-        <v>1445</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>136</v>
+        <v>1466</v>
       </c>
       <c r="B464" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C464" t="s">
-        <v>132</v>
+        <v>261</v>
       </c>
       <c r="D464" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E464" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1446</v>
+        <v>1467</v>
       </c>
       <c r="H464" t="s">
-        <v>1447</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>681</v>
+        <v>1469</v>
       </c>
       <c r="B465" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C465" t="s">
-        <v>380</v>
+        <v>265</v>
       </c>
       <c r="D465" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E465" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1448</v>
+        <v>1470</v>
       </c>
       <c r="H465" t="s">
-        <v>1449</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>84</v>
+        <v>1472</v>
       </c>
       <c r="B466" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C466" t="s">
-        <v>384</v>
+        <v>1062</v>
       </c>
       <c r="D466" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E466" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>42</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1450</v>
+        <v>1473</v>
       </c>
       <c r="H466" t="s">
-        <v>1451</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>388</v>
+        <v>1475</v>
       </c>
       <c r="B467" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C467" t="s">
-        <v>388</v>
+        <v>1066</v>
       </c>
       <c r="D467" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E467" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>42</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1452</v>
+        <v>1476</v>
       </c>
       <c r="H467" t="s">
-        <v>1453</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>380</v>
+        <v>1478</v>
       </c>
       <c r="B468" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C468" t="s">
-        <v>392</v>
+        <v>1070</v>
       </c>
       <c r="D468" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E468" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1454</v>
+        <v>1479</v>
       </c>
       <c r="H468" t="s">
-        <v>1455</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>39</v>
+        <v>1481</v>
       </c>
       <c r="B469" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C469" t="s">
-        <v>400</v>
+        <v>1074</v>
       </c>
       <c r="D469" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E469" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>42</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1456</v>
+        <v>57</v>
       </c>
       <c r="H469" t="s">
-        <v>1457</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>132</v>
+        <v>1483</v>
       </c>
       <c r="B470" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C470" t="s">
-        <v>677</v>
+        <v>1078</v>
       </c>
       <c r="D470" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E470" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1458</v>
+        <v>1484</v>
       </c>
       <c r="H470" t="s">
-        <v>1459</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>693</v>
+        <v>1486</v>
       </c>
       <c r="B471" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C471" t="s">
-        <v>681</v>
+        <v>1082</v>
       </c>
       <c r="D471" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E471" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1460</v>
+        <v>1487</v>
       </c>
       <c r="H471" t="s">
-        <v>1461</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>709</v>
+        <v>1489</v>
       </c>
       <c r="B472" t="s">
-        <v>1391</v>
+        <v>1153</v>
       </c>
       <c r="C472" t="s">
-        <v>685</v>
+        <v>1086</v>
       </c>
       <c r="D472" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E472" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>42</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1462</v>
+        <v>1490</v>
       </c>
       <c r="H472" t="s">
-        <v>1463</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>170</v>
+        <v>121</v>
       </c>
       <c r="B473" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C473" t="s">
-        <v>705</v>
+        <v>17</v>
       </c>
       <c r="D473" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E473" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F473" t="s">
+        <v>903</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1464</v>
+        <v>1493</v>
       </c>
       <c r="H473" t="s">
-        <v>1465</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>689</v>
+        <v>77</v>
       </c>
       <c r="B474" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C474" t="s">
-        <v>713</v>
+        <v>21</v>
       </c>
       <c r="D474" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E474" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F474" t="s">
+        <v>60</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1466</v>
+        <v>1495</v>
       </c>
       <c r="H474" t="s">
-        <v>1467</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>210</v>
+        <v>129</v>
       </c>
       <c r="B475" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C475" t="s">
-        <v>721</v>
+        <v>25</v>
       </c>
       <c r="D475" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E475" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F475" t="s">
-        <v>798</v>
+        <v>53</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1468</v>
+        <v>1497</v>
       </c>
       <c r="H475" t="s">
-        <v>1469</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>384</v>
+        <v>817</v>
       </c>
       <c r="B476" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C476" t="s">
-        <v>725</v>
+        <v>33</v>
       </c>
       <c r="D476" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E476" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F476" t="s">
-        <v>810</v>
+        <v>925</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1470</v>
+        <v>1499</v>
       </c>
       <c r="H476" t="s">
-        <v>1471</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>56</v>
+        <v>202</v>
       </c>
       <c r="B477" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C477" t="s">
-        <v>728</v>
+        <v>37</v>
       </c>
       <c r="D477" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E477" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F477" t="s">
-        <v>40</v>
+        <v>925</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1472</v>
+        <v>1501</v>
       </c>
       <c r="H477" t="s">
-        <v>1473</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="B478" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C478" t="s">
-        <v>732</v>
+        <v>64</v>
       </c>
       <c r="D478" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E478" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F478" t="s">
-        <v>40</v>
+        <v>925</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1474</v>
+        <v>1503</v>
       </c>
       <c r="H478" t="s">
-        <v>1475</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>270</v>
+        <v>97</v>
       </c>
       <c r="B479" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C479" t="s">
-        <v>736</v>
+        <v>69</v>
       </c>
       <c r="D479" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E479" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F479" t="s">
-        <v>40</v>
+        <v>890</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1476</v>
+        <v>1505</v>
       </c>
       <c r="H479" t="s">
-        <v>1477</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>64</v>
+        <v>177</v>
       </c>
       <c r="B480" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C480" t="s">
-        <v>740</v>
+        <v>73</v>
       </c>
       <c r="D480" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E480" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F480" t="s">
-        <v>40</v>
+        <v>915</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1478</v>
+        <v>1507</v>
       </c>
       <c r="H480" t="s">
-        <v>1479</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="B481" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C481" t="s">
-        <v>744</v>
+        <v>77</v>
       </c>
       <c r="D481" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E481" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F481" t="s">
-        <v>26</v>
+        <v>903</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1480</v>
+        <v>1509</v>
       </c>
       <c r="H481" t="s">
-        <v>1481</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="B482" t="s">
-        <v>1391</v>
+        <v>1492</v>
       </c>
       <c r="C482" t="s">
-        <v>748</v>
+        <v>81</v>
       </c>
       <c r="D482" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E482" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F482" t="s">
-        <v>143</v>
+        <v>903</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1482</v>
+        <v>1511</v>
       </c>
       <c r="H482" t="s">
-        <v>1483</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>728</v>
+        <v>85</v>
       </c>
       <c r="B483" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="C483" t="s">
-        <v>34</v>
+        <v>400</v>
       </c>
       <c r="D483" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E483" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F483" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1485</v>
+        <v>1513</v>
       </c>
       <c r="H483" t="s">
-        <v>1486</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>732</v>
+        <v>141</v>
       </c>
       <c r="B484" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="C484" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="D484" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E484" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F484" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1487</v>
+        <v>1515</v>
       </c>
       <c r="H484" t="s">
-        <v>1488</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>725</v>
+        <v>93</v>
       </c>
       <c r="B485" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="C485" t="s">
-        <v>56</v>
+        <v>324</v>
       </c>
       <c r="D485" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E485" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F485" t="s">
-        <v>820</v>
+        <v>890</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1489</v>
+        <v>1517</v>
       </c>
       <c r="H485" t="s">
-        <v>1490</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>721</v>
+        <v>214</v>
       </c>
       <c r="B486" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="C486" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="D486" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E486" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F486" t="s">
+        <v>925</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1491</v>
+        <v>1519</v>
       </c>
       <c r="H486" t="s">
-        <v>1492</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>717</v>
+        <v>105</v>
       </c>
       <c r="B487" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="C487" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="D487" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E487" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F487" t="s">
+        <v>890</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1493</v>
+        <v>1521</v>
       </c>
       <c r="H487" t="s">
-        <v>1494</v>
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>69</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C488" t="s">
+        <v>340</v>
+      </c>
+      <c r="D488" t="s">
+        <v>41</v>
+      </c>
+      <c r="E488" t="s">
+        <v>42</v>
+      </c>
+      <c r="F488" t="s">
+        <v>274</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>181</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C489" t="s">
+        <v>109</v>
+      </c>
+      <c r="D489" t="s">
+        <v>41</v>
+      </c>
+      <c r="E489" t="s">
+        <v>42</v>
+      </c>
+      <c r="F489" t="s">
+        <v>915</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>149</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C490" t="s">
+        <v>113</v>
+      </c>
+      <c r="D490" t="s">
+        <v>41</v>
+      </c>
+      <c r="E490" t="s">
+        <v>42</v>
+      </c>
+      <c r="F490" t="s">
+        <v>53</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>185</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C491" t="s">
+        <v>117</v>
+      </c>
+      <c r="D491" t="s">
+        <v>41</v>
+      </c>
+      <c r="E491" t="s">
+        <v>42</v>
+      </c>
+      <c r="F491" t="s">
+        <v>925</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>801</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C492" t="s">
+        <v>121</v>
+      </c>
+      <c r="D492" t="s">
+        <v>41</v>
+      </c>
+      <c r="E492" t="s">
+        <v>42</v>
+      </c>
+      <c r="F492" t="s">
+        <v>925</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>125</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C493" t="s">
+        <v>125</v>
+      </c>
+      <c r="D493" t="s">
+        <v>41</v>
+      </c>
+      <c r="E493" t="s">
+        <v>42</v>
+      </c>
+      <c r="F493" t="s">
+        <v>53</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>145</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C494" t="s">
+        <v>129</v>
+      </c>
+      <c r="D494" t="s">
+        <v>41</v>
+      </c>
+      <c r="E494" t="s">
+        <v>42</v>
+      </c>
+      <c r="F494" t="s">
+        <v>53</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>133</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C495" t="s">
+        <v>133</v>
+      </c>
+      <c r="D495" t="s">
+        <v>41</v>
+      </c>
+      <c r="E495" t="s">
+        <v>42</v>
+      </c>
+      <c r="F495" t="s">
+        <v>53</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>137</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C496" t="s">
+        <v>141</v>
+      </c>
+      <c r="D496" t="s">
+        <v>41</v>
+      </c>
+      <c r="E496" t="s">
+        <v>42</v>
+      </c>
+      <c r="F496" t="s">
+        <v>53</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>192</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C497" t="s">
+        <v>145</v>
+      </c>
+      <c r="D497" t="s">
+        <v>41</v>
+      </c>
+      <c r="E497" t="s">
+        <v>42</v>
+      </c>
+      <c r="F497" t="s">
+        <v>925</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>101</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C498" t="s">
+        <v>149</v>
+      </c>
+      <c r="D498" t="s">
+        <v>41</v>
+      </c>
+      <c r="E498" t="s">
+        <v>42</v>
+      </c>
+      <c r="F498" t="s">
+        <v>890</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>73</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C499" t="s">
+        <v>153</v>
+      </c>
+      <c r="D499" t="s">
+        <v>41</v>
+      </c>
+      <c r="E499" t="s">
+        <v>42</v>
+      </c>
+      <c r="F499" t="s">
+        <v>274</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>161</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C500" t="s">
+        <v>157</v>
+      </c>
+      <c r="D500" t="s">
+        <v>41</v>
+      </c>
+      <c r="E500" t="s">
+        <v>42</v>
+      </c>
+      <c r="F500" t="s">
+        <v>53</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>189</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C501" t="s">
+        <v>165</v>
+      </c>
+      <c r="D501" t="s">
+        <v>41</v>
+      </c>
+      <c r="E501" t="s">
+        <v>42</v>
+      </c>
+      <c r="F501" t="s">
+        <v>925</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>109</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C502" t="s">
+        <v>169</v>
+      </c>
+      <c r="D502" t="s">
+        <v>41</v>
+      </c>
+      <c r="E502" t="s">
+        <v>42</v>
+      </c>
+      <c r="F502" t="s">
+        <v>903</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>173</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C503" t="s">
+        <v>173</v>
+      </c>
+      <c r="D503" t="s">
+        <v>41</v>
+      </c>
+      <c r="E503" t="s">
+        <v>42</v>
+      </c>
+      <c r="F503" t="s">
+        <v>915</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>165</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C504" t="s">
+        <v>177</v>
+      </c>
+      <c r="D504" t="s">
+        <v>41</v>
+      </c>
+      <c r="E504" t="s">
+        <v>42</v>
+      </c>
+      <c r="F504" t="s">
+        <v>53</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>64</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C505" t="s">
+        <v>185</v>
+      </c>
+      <c r="D505" t="s">
+        <v>41</v>
+      </c>
+      <c r="E505" t="s">
+        <v>42</v>
+      </c>
+      <c r="F505" t="s">
+        <v>274</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>157</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C506" t="s">
+        <v>801</v>
+      </c>
+      <c r="D506" t="s">
+        <v>41</v>
+      </c>
+      <c r="E506" t="s">
+        <v>42</v>
+      </c>
+      <c r="F506" t="s">
+        <v>53</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>199</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C507" t="s">
+        <v>189</v>
+      </c>
+      <c r="D507" t="s">
+        <v>41</v>
+      </c>
+      <c r="E507" t="s">
+        <v>42</v>
+      </c>
+      <c r="F507" t="s">
+        <v>925</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>210</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C508" t="s">
+        <v>192</v>
+      </c>
+      <c r="D508" t="s">
+        <v>41</v>
+      </c>
+      <c r="E508" t="s">
+        <v>42</v>
+      </c>
+      <c r="F508" t="s">
+        <v>925</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>33</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C509" t="s">
+        <v>206</v>
+      </c>
+      <c r="D509" t="s">
+        <v>41</v>
+      </c>
+      <c r="E509" t="s">
+        <v>42</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>195</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C510" t="s">
+        <v>214</v>
+      </c>
+      <c r="D510" t="s">
+        <v>41</v>
+      </c>
+      <c r="E510" t="s">
+        <v>42</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>340</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C511" t="s">
+        <v>836</v>
+      </c>
+      <c r="D511" t="s">
+        <v>41</v>
+      </c>
+      <c r="E511" t="s">
+        <v>42</v>
+      </c>
+      <c r="F511" t="s">
+        <v>903</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>169</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C512" t="s">
+        <v>221</v>
+      </c>
+      <c r="D512" t="s">
+        <v>41</v>
+      </c>
+      <c r="E512" t="s">
+        <v>42</v>
+      </c>
+      <c r="F512" t="s">
+        <v>915</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>81</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C513" t="s">
+        <v>225</v>
+      </c>
+      <c r="D513" t="s">
+        <v>41</v>
+      </c>
+      <c r="E513" t="s">
+        <v>42</v>
+      </c>
+      <c r="F513" t="s">
+        <v>65</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>324</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C514" t="s">
+        <v>228</v>
+      </c>
+      <c r="D514" t="s">
+        <v>41</v>
+      </c>
+      <c r="E514" t="s">
+        <v>42</v>
+      </c>
+      <c r="F514" t="s">
+        <v>65</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>400</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C515" t="s">
+        <v>848</v>
+      </c>
+      <c r="D515" t="s">
+        <v>41</v>
+      </c>
+      <c r="E515" t="s">
+        <v>42</v>
+      </c>
+      <c r="F515" t="s">
+        <v>65</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>89</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C516" t="s">
+        <v>232</v>
+      </c>
+      <c r="D516" t="s">
+        <v>41</v>
+      </c>
+      <c r="E516" t="s">
+        <v>42</v>
+      </c>
+      <c r="F516" t="s">
+        <v>65</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>153</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C517" t="s">
+        <v>235</v>
+      </c>
+      <c r="D517" t="s">
+        <v>41</v>
+      </c>
+      <c r="E517" t="s">
+        <v>42</v>
+      </c>
+      <c r="F517" t="s">
+        <v>53</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>37</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C518" t="s">
+        <v>238</v>
+      </c>
+      <c r="D518" t="s">
+        <v>41</v>
+      </c>
+      <c r="E518" t="s">
+        <v>42</v>
+      </c>
+      <c r="F518" t="s">
+        <v>274</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>225</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C519" t="s">
+        <v>37</v>
+      </c>
+      <c r="D519" t="s">
+        <v>41</v>
+      </c>
+      <c r="E519" t="s">
+        <v>42</v>
+      </c>
+      <c r="F519" t="s">
+        <v>65</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>228</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C520" t="s">
+        <v>64</v>
+      </c>
+      <c r="D520" t="s">
+        <v>41</v>
+      </c>
+      <c r="E520" t="s">
+        <v>42</v>
+      </c>
+      <c r="F520" t="s">
+        <v>65</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>221</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C521" t="s">
+        <v>81</v>
+      </c>
+      <c r="D521" t="s">
+        <v>41</v>
+      </c>
+      <c r="E521" t="s">
+        <v>42</v>
+      </c>
+      <c r="F521" t="s">
+        <v>925</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>836</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C522" t="s">
+        <v>89</v>
+      </c>
+      <c r="D522" t="s">
+        <v>41</v>
+      </c>
+      <c r="E522" t="s">
+        <v>42</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>217</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C523" t="s">
+        <v>121</v>
+      </c>
+      <c r="D523" t="s">
+        <v>41</v>
+      </c>
+      <c r="E523" t="s">
+        <v>42</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1595</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -17682,50 +18935,86 @@
     <hyperlink ref="G463" r:id="rId462"/>
     <hyperlink ref="G464" r:id="rId463"/>
     <hyperlink ref="G465" r:id="rId464"/>
     <hyperlink ref="G466" r:id="rId465"/>
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
     <hyperlink ref="G471" r:id="rId470"/>
     <hyperlink ref="G472" r:id="rId471"/>
     <hyperlink ref="G473" r:id="rId472"/>
     <hyperlink ref="G474" r:id="rId473"/>
     <hyperlink ref="G475" r:id="rId474"/>
     <hyperlink ref="G476" r:id="rId475"/>
     <hyperlink ref="G477" r:id="rId476"/>
     <hyperlink ref="G478" r:id="rId477"/>
     <hyperlink ref="G479" r:id="rId478"/>
     <hyperlink ref="G480" r:id="rId479"/>
     <hyperlink ref="G481" r:id="rId480"/>
     <hyperlink ref="G482" r:id="rId481"/>
     <hyperlink ref="G483" r:id="rId482"/>
     <hyperlink ref="G484" r:id="rId483"/>
     <hyperlink ref="G485" r:id="rId484"/>
     <hyperlink ref="G486" r:id="rId485"/>
     <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>