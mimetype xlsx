--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -54,4816 +54,4816 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>FINANÇAS,ORÇAMENTO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo celebrar parceria por mútua cooperação e interesse público e recíproco para o desenvolvimento em Guatapará, das atividades do programa inclusão educacional de pessoas com deficiência e/ou enfermos.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria do vereador Ronaldo._x000D_
 Indica ao executivo, elaborar projeto de Lei, incluindo no calendário municipal a data do evento realizado pela organização "pula moita", bem como, destinar recursos, na forma que específica.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César Bruno e Sueli._x000D_
 Indicação ao executivo para instituir projeto de lei, conhecido como bolsa atleta.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo instituir projeto de Lei, conhecido como "CNH Social".</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo, instituir projeto conhecido como "Balcão do Emprego".</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo, instituir projeto conhecido como "cidade verde".</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf</t>
   </si>
   <si>
     <t>Indicação dos vereadores César e Sueli._x000D_
 Indicam ao executivo, instituir projeto esportivo no período de férias escolares.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas em todas as ruas do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ambulância 24h na unidade de saúde do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer fornecimento de uniforme escolar à todos os alunos da rede municipal de Guatapará.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>Mazinho Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer limpeza dos entulhos e lixos, acumulados no final da rua José Eliseo da Silva, Guatapará-SP.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer elaboração de projeto de lei, na forma que específica.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de vidro blindex e ar condicionado na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de vale alimentação aos funcionários do Conselho Tutelar do Município.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf</t>
   </si>
   <si>
     <t>Requer implantação de projetos educacionais, bem como, reativação da banda marcial municipal.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf</t>
   </si>
   <si>
     <t>Requer atualização do percentual pago à título de insalubridade aos agentes de saúde e endemias e fornecimento de computadores.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf</t>
   </si>
   <si>
     <t>Requer ambulância 24h no Horto Guarani e posto de atendimento médico.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf</t>
   </si>
   <si>
     <t>Requer tubulação nas principais ruas do Horto Guarani, para escoamento de água.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf</t>
   </si>
   <si>
     <t>Requer cobertura no cemitério, na forma que específica.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf</t>
   </si>
   <si>
     <t>Requer conserto do ar condicionado do velório municipal.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf</t>
   </si>
   <si>
     <t>Requer reparos nas estradas do Horto Guarani.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf</t>
   </si>
   <si>
     <t>Requer disponibilidade da sala de espera da unidade de saúde das 12h às 13h.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de luminárias nas ruas 30 de novembro, Jica e Nagano, Bairro Mombuca.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf</t>
   </si>
   <si>
     <t>Requer aplicação do reajuste salarial, definido pelo MEC, aos professores e profissionais da educação.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf</t>
   </si>
   <si>
     <t>Requer que o município faça parte do CONCEN-SP</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo elaboração de projeto, voltado para os munícipes diagnosticados com síndrome fibromialgica.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf</t>
   </si>
   <si>
     <t>Requer revitalização da praça São Pedro.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf</t>
   </si>
   <si>
     <t>Requer cobertura na escola "Vera Lúcia Castelhano".</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf</t>
   </si>
   <si>
     <t>Requer resolução do problema enfrentado pelos moradores da rua José Eliseo da Silva, em relação ao escoamento de água.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma TV Smart de 55 polegadas, para a escola "Andréia Sertori Sandrin".</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de ar condicionado na cozinha piloto.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf</t>
   </si>
   <si>
     <t>Requer readequação dos horários destinados ao transporte de pacientes.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf</t>
   </si>
   <si>
     <t>Requer tubulação na rua Nagano, saída para a Rodovia Mário Mazieiro, Bairro Mombuca.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf</t>
   </si>
   <si>
     <t>Requer colocação de tela mosquiteiro em volta do refeitório da escola Antônio Gracie, Bairro Mombuca.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que o Município faça parte do PAC - Programa de Aceleração do Crescimento.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf</t>
   </si>
   <si>
     <t>Requer cobertura da quadra esportiva do bairro Mombuca.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf</t>
   </si>
   <si>
     <t>Requer projeto "Domingo na Praça".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf</t>
   </si>
   <si>
     <t>Requer retorno do projeto "Aroeira".</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf</t>
   </si>
   <si>
     <t>Requer pintura do piso da quadra poliesportiva do bairro mombuca.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf</t>
   </si>
   <si>
     <t>Requer conserto das tampas de galerias de águas pluviais do bairro mombuca.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf</t>
   </si>
   <si>
     <t>Requer projetos no bairro mombuca.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf</t>
   </si>
   <si>
     <t>Requer vacinação antirrábica e disponibilização de veterinário.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf</t>
   </si>
   <si>
     <t>Requer manutenção/reparo do canteiro central do bairro mombuca.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf</t>
   </si>
   <si>
     <t>Requer reativação e transformação do antigo projeto existente na escola Guiomar, em horta comunitária.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Requer contratação de um profissional de educação física e um nutricionista.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Requer melhorias na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf</t>
   </si>
   <si>
     <t>Requer designação de zelador para cemitério do bairro mombuca.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Requer construção de galeria de drenagem na rua Shimane.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de vestiário e água potável no campo de futebol do bairro mombuca.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de calçadas em locais públicos na forma que específica.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre valores gastos na construção da creche do bairro mombuca.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Requer informações sobre valores na construção da creche do bairro nova Guatapará.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre valores gastos na iluminação da rotatória de acesso à cidade.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf</t>
   </si>
   <si>
     <t>Requer melhorias/transformação no estacionamento do cemitério do bairro mombuca.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Autoria dos vereadores César e Sueli._x000D_
 Requerem informações na forma que especificam.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de vale alimentação aos estagiários do município.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Autoria do vereador Ivonir Borghezan._x000D_
 Requer sinalização viária na entrada do cemitério municipal.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir Borghezan,_x000D_
 Requer pintura e revitalização da sinalização horizontal em toda a cidade.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir._x000D_
 Requer reparos/manutenção e substituição de lâmpadas na iluminação pública.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir Borghezan._x000D_
 Requer pode ou corte de árvore localizada ao lado da padaria Dutra, na rua Ueta Thoiti.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir._x000D_
 Requer instalação de placas de sinalização e reforço na sinalização horizontal nas lombadas recentemente construídas.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria dos vereadores César Bruno e Sueli._x000D_
 Requerem criação de uma sala de AEE - Atendimento Educacional Especializado, na escola Euclides Castelhano.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
 Requerem substituição da tela de proteção da quadra esportiva, na escola Andréa Sertori Sandrin.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir._x000D_
 Reitera o requerimento nº 47/2025.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de caçambas de coleta.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 08/2025.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
 Requerem reformas das salas dos professores, escola Andréa Sertori Sandrin e Vera Lúcia Castelhano.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Indica subsidio às famílias afetadas pela queimada ocorrida no Horto Florestal Guaraní.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Indica projeto de Lei sobre demarcação de área urbana.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Simone do Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_no_01.2024..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_no_01.2024..pdf</t>
   </si>
   <si>
     <t>Retifica a moção de aplausos nº 09.2023, aos profissionais da enfermagem pelo brilhante atendimento.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>Joel da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/436/requerimento_no_01.2024..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/436/requerimento_no_01.2024..pdf</t>
   </si>
   <si>
     <t>Requer melhor conscientização de motoristas que utilizam a estrada da fazenda Ourofino para acesso ao porto de Areia.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/441/requerimento_no_03-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/441/requerimento_no_03-2024.pdf</t>
   </si>
   <si>
     <t>Requer lombadas, na forma que específica.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre empresas.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Nega</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf</t>
   </si>
   <si>
     <t>Requer instalação de câmeras de segurança na praça central.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf</t>
   </si>
   <si>
     <t>Requer Lombada defronte o velório municipal.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre abastecimentos dos veículos da frota municipal nos exercícios de 2023 e 2024.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf</t>
   </si>
   <si>
     <t>Requer placa de sinalização na esquina da avenida Jacarandás e rua Breno Vieira de Aquino Leite.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/446/requerimento_no_09-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/446/requerimento_no_09-2024.pdf</t>
   </si>
   <si>
     <t>Requer sinalização nas proximidades do açude do bairro Mombuca.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/447/requerimento_no_10-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/447/requerimento_no_10-2024.pdf</t>
   </si>
   <si>
     <t>Requer reforma e pintura da quadra poliesportiva, do bairro Mombuca.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>Requer sejam regadas as ruas do bairro mombuca.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/449/requerimento_no_12-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/449/requerimento_no_12-2024.pdf</t>
   </si>
   <si>
     <t>Requer construção de vestiário no campo de futebol do bairro Mombuca.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/450/requerimento_no_14-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/450/requerimento_no_14-2024.pdf</t>
   </si>
   <si>
     <t>Requer que a porta da recepção do pronto socorro seja aberta antes da coleta de sangue.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/451/requerimento_no_15_-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/451/requerimento_no_15_-2024.pdf</t>
   </si>
   <si>
     <t>Requer urgência especial, nos termos do artigo 233 e seguintes do Regimento Interno.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/452/requerimento_n_17_-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/452/requerimento_n_17_-2024.pdf</t>
   </si>
   <si>
     <t>Requer informação sobre pagamento de precatório.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/453/requerimento_n_18_-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/453/requerimento_n_18_-2024.pdf</t>
   </si>
   <si>
     <t>Requer relação dos ocupantes de cargos de secretários municipais, adjuntos e diretores de todos os departamentos do município.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_n_19_-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_n_19_-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a regularidade dos veículos do Município.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/455/requerimento_n_20-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/455/requerimento_n_20-2024.pdf</t>
   </si>
   <si>
     <t>Requer nome e data de todos os funcionários contratados no ano de 2024.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/456/requerimento_no_21-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/456/requerimento_no_21-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Lei Municipal nº 1.034.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/457/requerimento_no_22-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/457/requerimento_no_22-2024.pdf</t>
   </si>
   <si>
     <t>Requer relação com todos os nomes de ruas e avenidas do município, bem como, colocação de placa identificando as ruas e avenidas que não possuem identificação.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/458/requerimento_no_23-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/458/requerimento_no_23-2024.pdf</t>
   </si>
   <si>
     <t>Requer o cumprimento da Lei Municipal nº 981.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/459/requerimento_no_24-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/459/requerimento_no_24-2024.pdf</t>
   </si>
   <si>
     <t>Requer pintura nas lombadas e colocação de placa de sinalização "PARE" em todo o município.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/460/requerimento_no_25-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/460/requerimento_no_25-2024.pdf</t>
   </si>
   <si>
     <t>Requer colocação de lombada em todas as ruas asfaltadas do bairro mombuca.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/461/requerimento_no_26-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/461/requerimento_no_26-2024.pdf</t>
   </si>
   <si>
     <t>Requer colocação de placa "proibido retornar" na primeira esquina da avenida Jacarandás.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/462/requerimento_no_27-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/462/requerimento_no_27-2024.pdf</t>
   </si>
   <si>
     <t>Requer providências para limpeza na rua José Elisio da Silva (último quarteirão).</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/463/requerimento_no_28-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/463/requerimento_no_28-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre providências quanto ao boletim de ocorrência IL4485-1/2024.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/464/requerimento_no_29-2024.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/464/requerimento_no_29-2024.pdf</t>
   </si>
   <si>
     <t>Requer funcionamento 24h do posto de saúde do bairro mombuca.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf</t>
   </si>
   <si>
     <t>Indica a isenção de pagamento de alvarás de funcionamento por parte das empresas na época da pandemia.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à aluna Alice Vieira de Souza.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>Moção de apoio à Empresa Brasileira de Correios e Telégrafos.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao projeto de Lei nº 578/2023, de autoria da Deputada Fabiana Bolsonaro.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos às profissionais da enfermagem pelo brilhante atendimento.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania guataparaense ao senhor Dr. Ricardo Turra.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania guataparaense ao senhor Paulo José Mathias.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania guataparaense ao cabo Paulo Henrique Siena.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre à abertura de créditos especiais e dá outras providências"</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf</t>
   </si>
   <si>
     <t>Convoca à Secretária da Saúde, senhora Jovelina de Souza, Município de Guatapará.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf</t>
   </si>
   <si>
     <t>Convida Responsável pela empresa Maré, Município de Guatapará-SP.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf</t>
   </si>
   <si>
     <t>Convida(o) Responsável pelo Projeto "Guatapará Minha Casa", Município de Guatapará-SP.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf</t>
   </si>
   <si>
     <t>Requer informações sobre falta de cardiologista na unidade de saúde.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf</t>
   </si>
   <si>
     <t>Requer Limpeza do pátio da antiga delegacia civil.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf</t>
   </si>
   <si>
     <t>Requer lombada da Rua Hermínio Félix Bonfim.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf</t>
   </si>
   <si>
     <t>Requerem reforma do banheiro do centro de eventos, Guatapará-SP.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre o atendimento prestado pelo SAMU.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas nas ruas Alberto Cervi e Valdemar Stoque.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf</t>
   </si>
   <si>
     <t>Requer instalação de ar condicionado na creche "Dona Anna S. de Azevedo".</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf</t>
   </si>
   <si>
     <t>"Requerem transporte para alunos que irão cursar faculdade na cidade de Matão".</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf</t>
   </si>
   <si>
     <t>Requer instalação de aparelhos de ar condicionado na escola "Antônio Gracie".</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf</t>
   </si>
   <si>
     <t>Requer Informações sobre construção do Poço Artesiano.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas nas ruas Miguel Cortez e Augusto Carrile.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf</t>
   </si>
   <si>
     <t>Requer providências em relação aos cavalos espalhados pelas ruas do Município.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf</t>
   </si>
   <si>
     <t>Requer melhorias na fachada da entrada da cidade.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf</t>
   </si>
   <si>
     <t>Requerem construção de ponto de ônibus em frente à cooperativa, bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre não atendimento de funcionários das granjas do bairro Mombuca, pela unidade básica de saúde de Guatapará.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf</t>
   </si>
   <si>
     <t>Requerem implantação do Projeto de Lei - REURB.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf</t>
   </si>
   <si>
     <t>Requerem que seja à polícia civil incluída na atividade delegada.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf</t>
   </si>
   <si>
     <t>Requerer adequação do piso salarial dos profissionais da saúde, enfermeiro, técnico de enfermagem e auxiliar.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>Geléião</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf</t>
   </si>
   <si>
     <t>Requer instalação de energia elétrica no cemitério municipal.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf</t>
   </si>
   <si>
     <t>Requer revitalização do local conhecido como "Bica da Mombuca", onde ocorrem os carregamentos de caminhões pipa.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf</t>
   </si>
   <si>
     <t>Requerem colocação de placas, identificando às ruas do Município.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf</t>
   </si>
   <si>
     <t>Requerem o conserto da máquina niveladora "Patrol".</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf</t>
   </si>
   <si>
     <t>Requerem dedetização para extermínio de escorpiões.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf</t>
   </si>
   <si>
     <t>Requerem controle quanto à infestação de ratos/ratazanas.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações e celebração de convênios para inclusão de projetos de idosos.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf</t>
   </si>
   <si>
     <t>Requerem reforma e troca de móveis da cozinha UBS, Guatapará.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>Nardinho do Povão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf</t>
   </si>
   <si>
     <t>Requerem reparos na Rodovia Mário Mazieiro, Bairro Mombuca.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf</t>
   </si>
   <si>
     <t>Requerem transporte em caráter de urgência, para alunos da APAE.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf</t>
   </si>
   <si>
     <t>Requer sinalização na rodovia Mário Mazieiro.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf</t>
   </si>
   <si>
     <t>Requer informações sobre veículo pertencente à municipalidade.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 12.2023.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf</t>
   </si>
   <si>
     <t>Requerem que a verba advinda da União, projeto de Lei nº 17/2023, seja também destinada aos artistas locais.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf</t>
   </si>
   <si>
     <t>Requerem lombadas nas ruas do bairro Mombuca.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf</t>
   </si>
   <si>
     <t>Requer providências para escoamento de água, na rua José Elíseo da Silva (último quarteirão).</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de ticket alimentação aos conselheiros tutelares.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf</t>
   </si>
   <si>
     <t>Requer inclusão de Munícipe em programa de assistência a locação de imóvel.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf</t>
   </si>
   <si>
     <t>Requer bebedouro nas escolas do bairro mombuca.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf</t>
   </si>
   <si>
     <t>Requerem providências quanto ao atendimento médico na unidade básica.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf</t>
   </si>
   <si>
     <t>Indica Projeto de Lei, que vise ajuda para tratamento fora do município, na forma que específica.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf</t>
   </si>
   <si>
     <t>Regularização de Imóveis.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf</t>
   </si>
   <si>
     <t>Indica transporte para alunos da educação especial no ano letivo de 2023.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf</t>
   </si>
   <si>
     <t>"Moção de aplausos ao Deputado Federal Alexandre Padilha"</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf</t>
   </si>
   <si>
     <t>"Moção de aplausos ao Deputado Federal Ricardo Silva e Deputado Estadual Rafael Silva".</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx</t>
   </si>
   <si>
     <t>"Moção de aplausos aos Policiais Militares"</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Projeto Jovem Aprendiz.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor Prefeito Municipal para que este providencie sinalização adequada junto à Avenida 04, Bairro Residencial Stella.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor Prefeito Municipal para que este verifique a possibilidade de denominar o nome da rua sete, bairro Mombuca para Avenida Sete.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf</t>
   </si>
   <si>
     <t>Requerem Van escolar nos bairros Adélia Jardim, Jardim Alvorada e Residencial Stella, Município de Guatapará - SP.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento n° 02/2021, que requer posto para recebimento de tributos e contas de energia no Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento n° 08/2021, que requer lombadas nas ruas que específica do Bairro Mombuca.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf</t>
   </si>
   <si>
     <t>"Requer lombada na Rua dos Ypês, Município de Guatapará - SP".</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf</t>
   </si>
   <si>
     <t>"Requer mais iluminação e manutenção da praça e quadra esportiva do Bairro Adélia Jardim".</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf</t>
   </si>
   <si>
     <t>"Requer reajuste do piso salarial dos Técnicos de Radiologia da Municipalidade de Guatapará".</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf</t>
   </si>
   <si>
     <t>"Requer iluminação nas ruas que especifica".</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf</t>
   </si>
   <si>
     <t>"Requer realização de reparos/recapeamento na Rua Alberto Cervi".</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf</t>
   </si>
   <si>
     <t>Requer lombadas nas ruas do bairro Adélia Jardim.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf</t>
   </si>
   <si>
     <t>Requer contratação de médico pediatra.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Lei n° 962, de 08 de janeiro de 2021.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf</t>
   </si>
   <si>
     <t>Requerem dedetização em todos os bueiros da cidade.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx</t>
   </si>
   <si>
     <t>REQUEREM LIXEIRA NO BAIRRO MOMBUCA, RUA DAS “LICHIAS”, PRÓXIMO AOS RANCHOS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf</t>
   </si>
   <si>
     <t>"Requerem construção de quiosque em frente à praça central do município".</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf</t>
   </si>
   <si>
     <t>" Requer informações e providências no pronto atendimento, na forma que específica".</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf</t>
   </si>
   <si>
     <t>"Requer placas de sinalização na forma que específica".</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 37/2021, que requer iluminação em determinadas ruas do bairro mombuca.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 08/2021, que requer lombadas nas ruas do bairro Mombuca.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra vôlei de areia e futebol de areia, bairro mombuca.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf</t>
   </si>
   <si>
     <t>Requer construção de galeria de águas pluviais  na Avenida 12 de Janeiro, no bairro Mombuca.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf</t>
   </si>
   <si>
     <t>Requer urgência na instalação de energia elétrica na empresa de fertilizantes MARÉ.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf</t>
   </si>
   <si>
     <t>Requer tombamento do antigo galpão FEPASA, Município de Guatapará-SP.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf</t>
   </si>
   <si>
     <t>Prorroga o plano de demissão Voluntaria ( PDV ) e dá outras Providencias.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação na praça dos ipês  o sistema de lazer localizado no loteamento adélia jardin</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de creditos e dá outras providencias</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Convenio com a caixa economia federal</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>institui o município a taxa de coleta de lixo</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Reabertura de créditos extraordinario do execercio de 2020</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre creditos e da outras providencias</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf</t>
   </si>
   <si>
     <t>Cria zona de expansão urbana</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos suplementares especiais e da outras providencias</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf</t>
   </si>
   <si>
     <t>abono aos profissionais da saúde em frente ao enfrentamento ao covid-19</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Prorroga o plano de demissão Voluntaria ( PDV ) E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de junta administrativa de recursos de infrações - jari- e dá outras providencias.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos de provimento permanente e da organização da procuradoria, nos termos do artigo 98 da constituição do estado de são Paulo e artigos 44 ,iv, e 48 e seus incisos da lei organiza do município de Guatapará e dá outras providencias</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do abono fundeb aos profissionais da educação básica da rede municipal de ensino , da forma que especifica.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder abono extraordinário aos profissionais da saúde em razão ao enfrentamento direto e frontal ao coronavirus- covid 19 no município de Guatapará</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITOS ESPECIAIS, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos e da outras providencias</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Eureka, Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf</t>
   </si>
   <si>
     <t>"Requer 04 braços de luz na Rua Jica, no bairro Mombuca."</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Posto para recebimento de tributos e contas de energia no bairro mombuca.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Demarcação de pontos de ônibus nas ruas do bairro mombuca</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Substituição de lâmpadas queimadas.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Alteração no horário de coleta de exames no bairro Mombuca.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer Vistorias e Providências no abastecimento de agua na rua Hermínio feliz Bonfim ( pátio da Fepasa )</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer reparos/ manutenção da rua Hermínio Félix Bonfim.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer lombadas nas ruas que especifica</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer cobertura da quadra de esportes do bairro Mombuca.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer cessão de sinal de internet gratuito á população</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer Veículo para utilização especifica no setor de Água e esgoto SAEG.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf</t>
   </si>
   <si>
     <t>REQUER PLACAS DE SINALIZAÇÃO NAS RUAS SIBIPIRUNAS , BRENO VIERA DE AQUINO DE LEITE E OLEANDROS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf</t>
   </si>
   <si>
     <t>Requer iluminação no ponto de ônibus do bairro nossa senhora aparecida.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf</t>
   </si>
   <si>
     <t>Requer câmeras de monitoramento no Centro esportivo e setor de obras.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de Respiradores para a unidade de saúde .</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf</t>
   </si>
   <si>
     <t>Requer Programa de conscientização e limpeza , retirada de Entulhos, etc, das calçadas da cidade.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf</t>
   </si>
   <si>
     <t>Requer Aquisição de equipamentos hospitalares , na forma que especifica.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf</t>
   </si>
   <si>
     <t>Requer faixa de pedestres na Rua Euta Thoiti , no cruzamento com a rua José linares neto.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas nas ruas vereador Carlos Roberto da Silva e José aparecido Martins da cruz .</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf</t>
   </si>
   <si>
     <t>Requer volta de ônibus aos sábados</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer pinturas de motores da praça do bairro mombuca.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer inclusão de mais um horário de ônibus para transporte dos moradores do bairro Mombuca.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer informações na forma que especifica</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf</t>
   </si>
   <si>
     <t>Requer Calçamento de paralelepípedo no condomínio dos pescadores</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Especialidades médicas no pronto socorro do bairro mombuca.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf</t>
   </si>
   <si>
     <t>Requer estacionamento defronte o cemitério municipal .</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf</t>
   </si>
   <si>
     <t>Requer Expansão da área e instalação de água potável no cemitério municipal.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer instalação de energia elétrica no cemitério do bairro mombuca.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de adicional de insalubridade em grau aos profissionais da saúde</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf</t>
   </si>
   <si>
     <t>Requer nivelação dos PV´S ( poços de visita ) na Rua Euta Thoiti.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf</t>
   </si>
   <si>
     <t>Requer placas de identificação de nomes de logradouros do bairro mombuca.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer estudos para diminuição da carga horária dos auxiliares de odontologia.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer melhorias no acostamento , bem como na sinalização da rotatória , na rodovia Mario maziero</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf</t>
   </si>
   <si>
     <t>Requer limpeza do açude do bairro mombuca.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf</t>
   </si>
   <si>
     <t>requer a concessão de ticket alimentação aos membros do conselho tutelar .</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf</t>
   </si>
   <si>
     <t>Requer a pintura na parede da crece municipal .</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer instalação de dois braços de luz nos postes instalados recentemente , na rua nagano.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf</t>
   </si>
   <si>
     <t>Requer medidas necessárias para a divulgação e implementação de planos que visem combate e prevenção de violência contra a mulher</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer troca de piso na escola Guiomar AP. Meluzzi de Oliveira.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizada a implantação de pavimentação asfáltica na rua Regina Ferreira de Souza</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf</t>
   </si>
   <si>
     <t>Requer recapeamento na pavimentação asfáltica nos locais que especifica</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer pintura das lombadas na rodovia Mário maziero , no perímetro urbano do bairro mombuca , bem como melhorias na sinalização</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Requer Estudos sobre a possibilidade de ajuda de pagamento de aluguel residencial .</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de refeição a motoristas que estiverem a serviço do município a noite.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>requer atendimento prioritário a idosos no prono socorro</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer adaptação para captar agua no rio mogi , para ser utilizada no combate a incêndios e outras finalidades</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer instalação de agua potável a rede de esgoto nas barracas existentes na praça são Pedro.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos policias militares , na forma que especifica .</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf</t>
   </si>
   <si>
     <t>Requer placas com a denominação das ruas do bairro residencial stella.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx</t>
   </si>
   <si>
     <t>Requer celebração de convênio com a APAE do município de rincão /sp.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer campo de futebol</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf</t>
   </si>
   <si>
     <t>requer instalação de unidade do poupa tempo em guatapará</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf</t>
   </si>
   <si>
     <t>requer tratamento odontológico e oftalmológico para alunos</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>requer instalação de exaustor na escola Euclides castelo , na forma que especifica .</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf</t>
   </si>
   <si>
     <t>requer nutrologo para atendimento na unidade de saúde do município</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf</t>
   </si>
   <si>
     <t>requer estudos para liberação de acesso a marginal localizada na sp 255</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf</t>
   </si>
   <si>
     <t>requer banco de povo</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf</t>
   </si>
   <si>
     <t>requer novo horario de trasporte da empresa crisptur</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer volta do itinerário da linha guatapará a pradopolis</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf</t>
   </si>
   <si>
     <t>requer que o ônibus da crisptur adentre no bairro mombuca</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf</t>
   </si>
   <si>
     <t>Contratura o senhor Ronaldo antonio de Oliveira</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf</t>
   </si>
   <si>
     <t>Moção de Apluasos aos senhores CB.plez e SD. siena.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer construção de palco de eventos no bairro mombuca</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf</t>
   </si>
   <si>
     <t>requer construção de vestiário na quadra da mombuca</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor prefeito municipal para que este solicite das empresas de telefonia com torres no município , a instalação de luz-piloto , que tem a função de evitar acidentes com veículos aéreos</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>institui o programa de recuperação fiscal ( refis 2020 ) do município de Guatapará e da outras providencias</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 01/2019. Apreciação e pretendida aprovação_x000D_
 Criação de Cargos efetivos no quadro de provimento, previsto no anexo VI da Lei complementar nº 37/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar n° 03/2019._x000D_
 Cria exclusivamente referências salariais para os empregos públicos de agente comunitário da saúde , técnico de enfermagem I, médico da família, enfermeiro, técnico de enfermagem e auxiliar de enfermagem do quadro de pessoal permanente do Município, na forma que especifica.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE DISTRITO INDUSTRIAL NO MUNICÍPIO DE GUATAPARÁ, ESTABELECE INCENTIVOS À INSTALAÇÃO DE INDÚSTRIAS, INSTITUI O PROGRAMA DE DESENVOLVIMENTO INDUSTRIAL(PDI), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Galoni</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf</t>
   </si>
   <si>
     <t>REQUER POSTO PARA PAGAMENTO NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf</t>
   </si>
   <si>
     <t>REQUER SEGURANÇA PARA A UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ASSESSORIA JURíDlCA AOS MORADORES DO BAIRRO JD. MARIA LUIZA.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Julio Jiro</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO ÀS QUEDAS CONSTANTES DE ENERGIA ELÉTRICA, NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA ILUMINAÇÃO DO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE VETERINÁRIO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 45/2018.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Paulo PC</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf</t>
   </si>
   <si>
     <t>REQUER AGILIZAÇÃO NA CONSTRUÇÃO DAS SALAS DE AULA NA CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf</t>
   </si>
   <si>
     <t>REQUER TOMBAMENTO DE BENS IMÓVEIS, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf</t>
   </si>
   <si>
     <t>REQUER NOTIFICAÇÃO DE ÓRGÃOS COMPETENTES, PARA VISTORIA TÉCNICA E PROVIDÊNCIAS NA PONTE DO RIO MOGI GUAÇU.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Paulinho Policia</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE RECEBIMENTO DE ADICIONAL DE 25% POR SERVIDORES MUNICIPAIS, CONFORME DISPÕE A LEI COMPLEMENTAR Nº 37/2005.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE 3 ÔNIBUS GRATUITO PARA OS MUNÍCIPES DE GUATAPARÁ, QUE TRABALHAM NA CIDADE DE RIBEIRÃO PRETO.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE MOTORISTA NA UNIDADE BÁSICA DE SAÚDE DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE VAGAS PARA MOTORISTAS, TÉCNICO EM RADIOLOGIA E ABERTURA DE CONCURSO PARA TAIS VAGAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANDAMENTO DA CONSTRUÇÃO DA CRECHE MUNICIPAL , BAIRRO NOVA GUATAPARÁ.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ENTREGA DAS CASAS DO BAIRRO ADÉLIA JARDIM.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf</t>
   </si>
   <si>
     <t>REQUER PULVERIZAÇÃO DA CIDADE DE GUATAPARÁ E BAIRROS VIZINHOS NO COMBATE A DENGUE.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE QUIOSQUE NA PRAÇA CENTRAL DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf</t>
   </si>
   <si>
     <t>REQUER LIMPEZA DE TERRENO PRÓXIMO ÀS ÁREAS DE LAZERES DO BAIRRO MOMBUCA, GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE ÁREA PARA CAMINHADAS E EXERCÍCIOS NO BAIRRO MOMBUCA, GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NO APARELHO DE RAIO-X DA UBS - DR. "ORESTES MOURA PINTO', GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf</t>
   </si>
   <si>
     <t>REQUER A COLOCAÇÃO DE AJUDANTE DE SERVIÇOS GERAIS JUNTO AO MOTORISTA QUE TRANSPORTA MERENDA ESCOLAR DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE MAIS MÉDICOS GINECOLOGISTAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE CÂMERA NO CENTRO ESPORTIVO "AYRTON SENNA" DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 20.2019</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf</t>
   </si>
   <si>
     <t>REQUER FISCALIZAÇÃO DE LIMPEZA EM TERRENOS BALDIOS E RESIDÊNCIAS DO MUNICÍPIO DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLETA DE LIXO DOMICILIAR NO LOTEAMENTO SÍTIO SÃO VALENTIM.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ABERTURA DA CRECHE EM DIAS DE PONTO FACULTATIVO, PARA ATENDER APENAS FILHOS DE MÃES QUE COMPROVADAMENTE TRABALHAM.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O ÔNIBUS RÁPIDO D'OESTE ADENTRE BAIRRO MOMBUCA E REALIZE PERCURSO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO E PINTURA NAS FAIXAS DA RODOVIA MÁRIO MAZIEIRO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CELEBRAÇÃO DE CONVÊNIOS COM APAE DE CIDADES VIZINHAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ABERTURA DE BUEIRO COM GALERIA PARA ESCOAMENTO DA ÁGUA, BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf</t>
   </si>
   <si>
     <t>REQUER VEÍCULO PARA TRANSPORTE DE PACIENTES DO HORTO GUARANI.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf</t>
   </si>
   <si>
     <t>REQUER POSSIBILIDADE DE ADESÃO AO PROGRAMA INSTITUTO PELA EMPRESA AGENDE- AGÊNCIA DE DESENVOLVIMENTO DE MONTE ALTO E REGIÃO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 16.2019</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 56.2017</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE POSTE DE ILUMINAÇÃO NAS RUAS REINALDO GARCIA E ANTÔNIO BRAGANTIN, GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE BRAÇOS DE LUZ NOS POSTES DA RODOVIA MÁRIO MAZIEIRO, GUATAPARÁ.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf</t>
   </si>
   <si>
     <t>Requer cumprimento e pagamento do prêmio Assiduidade aos Funcionários.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja destinado uso de barracão locado para geração de emprego e renda.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf</t>
   </si>
   <si>
     <t>Requer melhorias na iluminação da quadra da mombuca.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre gastos com cestas básicas.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf</t>
   </si>
   <si>
     <t>Requer incentivo a projetos de dança e karatê.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 49/2019, que dispõe sobre informações de gastos com cestas básicas.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf</t>
   </si>
   <si>
     <t>Requer Substituição do Ônibus da Saúde .</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf</t>
   </si>
   <si>
     <t>Requer a colocação da tela de cobertura da estufa do projeto semeando o futuro e compra de produtos para continuidade das atividades.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf</t>
   </si>
   <si>
     <t>Requer informação referente à dívida ativa dos maiores devedores do município.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 39/2019._x000D_
 Requer construções de galerias para o escoamento de águas das pluviais.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf</t>
   </si>
   <si>
     <t>Requer colocação de braço de luz na rua Jundiaí, Guatapará-SP.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf</t>
   </si>
   <si>
     <t>Requer continuidade na execução das obras de guias e sarjetas, no condomínio dos pescadores.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf</t>
   </si>
   <si>
     <t>Requer providência referente ao FGTS dos servidores Municipais em atraso.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf</t>
   </si>
   <si>
     <t>Requer o fornecimento de alimentação aos motoristas que transportam alunos ás cidades vizinhas.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf</t>
   </si>
   <si>
     <t>Requer a realização de recapeamento nas ruas da cidade.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de casas populares aos moradores do bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lousas digitais nas escolas do Município de Guatapará.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf</t>
   </si>
   <si>
     <t>Requer colocação de placa de "Pare" e Faixa de Pedestre.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de equipamento para triturar galhos da poda de árvores.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf</t>
   </si>
   <si>
     <t>Requer providências para reabertura do setor odontológico na UBS- Guatapará.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf</t>
   </si>
   <si>
     <t>Requer funcionário de limpeza em prédios do bairro Mombuca.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf</t>
   </si>
   <si>
     <t>Requer adoção de providências para remoção do poste de energia localizado no meio da rua do bairro Adélia Jardim.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf</t>
   </si>
   <si>
     <t>Requer faixa de pedestre entre as ruas José Linares Neto e Ueta Thoite.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 75/2019._x000D_
 Requer providências quanto ao convênio médico não implantado.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 76/2019._x000D_
 Requer revitalização da avenida Jacarandás.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 77/2019._x000D_
 Reitera o requerimento nº 45/2019.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 78/2019._x000D_
 Requer iluminação no novo ponto de ônibus, rodovia Mário Mazieiro.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 79/2019._x000D_
 Requer substituição das lâmpadas queimadas da avenida jacarandás.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf</t>
   </si>
   <si>
     <t>Requer Limpeza da Caixa D'água - Terréo, próximo ao SAEG.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf</t>
   </si>
   <si>
     <t>Requer calçamento na Avenida Jacarandás, entre a rua Célia de Cária Lopes e início do conjunto habitacional Adélia Jardim.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf</t>
   </si>
   <si>
     <t>Requer bancos/assentos em frente ao ponto de ônibus do pronto socorro.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf</t>
   </si>
   <si>
     <t>Requer ar condicionado em todas as escolas do Município.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf</t>
   </si>
   <si>
     <t>Requer mais agentes de campo no combate ao mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf</t>
   </si>
   <si>
     <t>Requer Limpeza dos bueiros e galerias pluviais do município.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf</t>
   </si>
   <si>
     <t>Requer compra de computadores para a UBS - Unidade Básica de Saúde do bairro Mombuca.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf</t>
   </si>
   <si>
     <t>Requer compra de máquina de lavar roupa para as escolas Guiomar Meluzzi e Vera Lúcia Castelhano.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf</t>
   </si>
   <si>
     <t>Requer Câmeras de Monitoramento nas escolas.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf</t>
   </si>
   <si>
     <t>Requer manutenção e/ou substituição do ônibus escolar que transportam alunos até a cidade de Araraquara - SP.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf</t>
   </si>
   <si>
     <t>Requer trator para preparo de terras no Horto Guarany.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf</t>
   </si>
   <si>
     <t>Requer adoção de medidas para  evitar mai cheiro proveniente da bomba de esgoto do residencial stella.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Requer a realização de pintura de faixa de pedestre em frente à escola localizada no Residencial Stella.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE AGENTE COMUNITARIO DE SAÚDE, AMPARADOS PELO ART. 2° DA EMENDA CONSTITUCIONAL N 51/2006 E PELA LEI FEDERAL Nº 11.350/2006, DE 05 DE OUTUBRO DE 2006 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL COMO ESPECIFICA </t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICIPIO DE GUATAPARA/SP, OCUPANTES DOS CARGOS ELETIVOS DE VEREADORES MUNICIPAIS. </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESERVAÇÃO DO PATRIMONIO HISTORICO CULTURAL E NATURAL MUNICIPIO DE GUATAPARÁ</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE AUMENTO AOS OCUPANTES DOS CARGOS DE ENFERMEIRO, TÉCNICO DE ENFERMAGEM E AUXILIAR DE ENFERMAGEM </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL AOS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL, NA FORMA QUE ESPECIFICA </t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES DO EXECUTIVO MUNICIPAL, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR OS PROJETOS DO PROGRAMA DE  REGULARIZAÇÃO FUNDIARIA, CONFORME ESPECIFICA E DA OUTARS PROVIDENCIAS</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE INCENTIVOS A PROJETOS HABITACIONAIS POPULARES, DE INTERESSE SOCIAL, VINCULADORES AO PROGRAMA FEDERAL "MINHA CASA, MINHA VIDA", E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°01/2018, AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO ÁS ENTIDADES QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2018, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°02/2018, QUE INSTITUI O PROGRAMA DA INCUBADORA INDUSTRIAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE INVESTIMENTOS AOS SERVIDORES OCUPANTES DE CARGOS DE PROFESSOR DE EDUCAÇÃO INFANTIL BÁSICA I, BÁSICA II, EDUCAÇÃO INCLUSIVA E INSTRUTOR DE MÚSICA</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS 2018) DO MUNICÍPIO DE GUATAPARÁ E DA OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "APPARICIO GARCIA" A RUA "A" DO JD ALVORADA, NO MUNICIPIO DE GUATAPARA/SP</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A INSTITUIÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO (FME)</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA FELICIO FESTUCI A RUA "B" DO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A SELECIONAR INSTITUIÇÃO FINANCEIRA PARA OCUPAR E EXPLORAR, A TITULO DE CONCESSÃO DE DIREITO REAL DE USO, NA FORMA ONEOSA, AREA DE 128 METROS QUADRADOS LOCALIZADA EM PROPRIO MUNICIPAL, DESTINADA A INSTALAÇÃO DE AGENCIA BANCARIA </t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE ADELIA JARDIM, O CONJUNTO HABITACIONAL DE GUATAPARA "D", NO MUNICIPIO DE GUATAPARÁ </t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE WILSON MONTANHEIRO, A RUA "C" DO JARDIM ALVORADA, NO MUNICIPIO DE GUATAPARÁ </t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTONIO GALLIANI, A RUA "E" DO JARDIM ALVORADA, NO MUNICIPIO DE GUATAPARA.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE JEZIEL NOGUEIRA A RUA "I" DO JARDIM ALVORADA, NO MUNICIPIO DE GUATAPARA </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BASICO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A SEMANA DE LUTA CONTRA A VIOLÊNCIA E A EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES  </t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ARTIGO 172 DA LEI COMPLEMENTAR 031 DE 12 DE NOVEMBRO DE 2002 DO MUNICÍPIO DE GUATAPARÁ E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CRIAÇÃO DO SISTEMA DE CONTROLE INTERNO E DA OUTRAS PROVIDENCIAS CORRELATADAS</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMDEC) DO MUNICIPIO DE GUATAPARÁ, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONSTRUIR PALCO NA AREA DA ANTIGA FEPASA E POSTERIOR A COBERTURA DO ESPAÇO E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A ABERTURA DE CREDITOS ESPECIAIS, E DE OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONSTRUIR PALCO NA AREA DA ANTIGA FEPASA E POSTERIOR A COBERTURA DO ESPAÇO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GUATAPARÁ A RETIRAR-SE DO CONSORCIO INTERMUNICIPAL PARA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATORIA A ADOÇÃO DE MEDIDAS QUE VISEM A EVITAR O LEVANTAMENTO DE POEIRA</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR, EM LEILÃO,  BENS MOVEIS INSERVIVEIS DE PROPRIEDADE DO MUNICIPIO</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf</t>
   </si>
   <si>
     <t>RECONHECE NOS TERMOS DO ART 13, INCISO I DA LEI 13.465 DE 11 DE JULHO DE 2017, O BAIRRO SÃO PEDRO COMO ÁREA DE INTERESSE SOCIAL PARA FINS DE REGULARIZAÇÃO FUNDIÁRIA (REURB -S)</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA AÇÃO JOVEM NO MUNICÍPIO DE GUATAPARÁ E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR, EM LEILÃO, BENS MOVEIS INSERVÍVEIS DE PROPRIEDADE DO MUNICIPIO</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " VICENTE LUCAS" A RUA 02 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " AUGUSTO CARRILE " A RUA 03 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " MIGUEL CORTEZ" A RUA 04 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " BENEDITO FERREIRA DA SILVA" A RUA 05 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " MARIA JOSÉ MAZIEIRO" A RUA 06 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " LUIZ CARRILE" A RUA 07 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " FRANCISCO FREDIANO" A RUA 01 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A QUALIFICAÇÃO DE PESSOAS JURÍDICAS DE DIREITO PRIVADO, SEM FINS LUCRATIVOS, COMO ORGANIZAÇÕES SOCIAIS, CRIA O PROGRAMA MUNICIPAL DE PUBLICAÇÃO, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ESTRADA RURAL MUNICIPAL E AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER SUA MANUTENÇÃO, DECLARA SERVIDÃO ADMINISTRATIVA DE TRANSITO PUBLICO O TRECHO DA ESTRADA RURAL MUNICIPAL QUE MENCIONA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CORREÇÃO DO NOME DA RUA "" PARA  RUA "", NO MUNICÍPIO DE GUATAPARÁ /SP</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DE CREDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE HOSPITAL VETERINÁRIO PUBLICO, NO MUNICÍPIO DE GUATAPARÁ/SP, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA BRENO VIEIRA DE AQUINO LEITE, MUNICIPIO DE GUATAPARÁ E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ABERTURA DE CREDITOS SUPLEMENTARES, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf</t>
   </si>
   <si>
     <t>CRIA ATRIBUIÇÕES PARA O CARGO DE FISCAL TRIBUTÁRIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PRORROGAÇÃO DO PRAZO DA COMISSÃO PARLAMENTAR DE INQUÉRITO, CONSTANTE NA RESOLUÇÃO N 01/2017, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO ÁS CONTAS DE TAXAS E IMPOSTOS MUNICIPAIS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MANUTENÇÃO NOS ÔNIBUS ESCOLARES QUE TRANSPORTAM ALUNOS PARA O HORTO GUARANI.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONTRATAÇÃO DE EQUIPE DE SAÚDE DA FAMÍLIA PARA O BAIRRO MOMBUCA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE GASTOS COM ASSESSORIA JURÍDICA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE DÍVIDAS EM PROCESSOS TRABALHISTAS DE FUNCIONÁRIOS DA MUNICIPALIDADE, INCLUSIVE OS JÁ INSERIDOS EM PRECATÓRIOS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE MURO E INSTALAÇÃO DE PORTÃO ELETRÔNICO NO FUNDO DA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PINTURA NA BASE DO SAMU.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DE SINALIZAÇÃO E INSTALAÇÃO DE SONORIZADOR NA DESCIDA DA FAZENDA BARREIRO, RODOVIA LILIANA TENUTO ROSSI.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MÉDICO UROLOGISTA NA UNIDADE BÁSICA DA SAÚDE.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO NO RECREIO DOS PESCADORES.</t>
   </si>
   <si>
     <t>Julio Jiro, Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONVÊNIO MÉDICO AOS FUNCIONÁRIOS PÚBLICOS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O FORNECIMENTO DE UNIFORME ESCOLAR AOS ALUNOS ATÉ O 9º ANO DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER VENTILADORES NA ESCOLA ANDREIA SERTORI SANDRIN </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE SANITARIOS PROXIMOS Á PRAÇA CENTRAL.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REPAROS NO CAMPO DE FUTEBOL DO HORTO GUARANI</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESCOAMENTO DE ÁGUAS PLUVIAIS, NA RUA SIBIPIRUNAS, ESQUINA COM A RUA DOS ALECRINS, FORMA QUE ESPECIFICA </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE LOMBADA NA RODOVIA MARIO MAZIERO, PROXIMA AO CONJUNTO HABITACIONAL NOSSA SENHORA AP.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA O REQ. 35/2017- FAIXAS DE  SINALIZAÇÃO NA AVENIDA JACARANDAS </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA O REQ. 65/2017- MELHORIAS NA SINALIZAÇÃO DA RUA UETA THOITI</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PINTURA DE DEMARCAÇÃO NA QUADRA DO CENTRO ESPORTIVO</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COMPRA DE VEICULO A SER UTILIZADO EXCLUSIVAMENTE PELA SECRETARIA DA SAÚDE E SAMU.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CONSTRUÇÃO DE CANTEIRO CENTRAL NA AVENIDA PAULO MONTE SERRAT </t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES ACERCA DE FGTS DE FUNCIONÁRIOS QUE ADERIRAM AO PLANO DE DEMISSÃO VOLUNTARIA </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INSTALAÇÃO DE VENTILADORES NA CRECHE </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A REGULARIZAÇÃO DOS LOTES DO BAIRRO SÃO PEDRO </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INSTALAÇÃO DE BRAÇO DE LUZ ATÉ AS PROXIMIDADES DO PESQUEIRO DO TIÃOZINHO </t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ALTERAÇÃO DA REFERENCIA SALARIAL DO PROFESSIONAL DE FISIOTERAPIA </t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RETORNO DO PEDAGIO NA ALAMEDA CAMPINAS</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER FISCALIZAÇÃO DE AMBULANTES</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER NOTIFICAÇÃO AOS PROPRIETÁRIOS DE RANCHOS SOBRE LIXO</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PROVIDENCIAS QUANTO A VEICULOS E SUCATAS NO ANTIGO PREDIO DA DELEGACIA DE POLICIA CIVIL </t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PONTO DE ONIBUS COBERTO NO BAIRRO NOSSA SENHORA AP.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CAÇAMBAS COLETORAS, NA ESTRADA MUNICIPAL, PROXIMAS AO SITIO SÃO VALENTIM.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO ASFÁLTICA NA RUA CELIA DE CARIA LOPES</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INSTALAÇÃO DE PALCO FIXO PARA UTILIZAÇÃO EM EVENTOS CULTURAIS </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MAIS AUXILIARES DE ENFERMAGEM NO PERIODO NOTURNO, NA UNIDADE BASICA DE SAUDE</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MAIS MOTORISTAS, NA UNIDADE BASICA DE SAUDE</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER FAIXA DE PEDESTRES DE LOMBADA, NA ALAMEDA CAMPINAS, NA FORMA QUE ESPECIFICA </t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA DO PONTO DE ONIBUS COM COBERTURA DEFRONTE A ESCOLA ANDREIA SERTORI SANDRIN, CONSTRUÇÃO DE PONTO DE ONIBUS DEFRONTE A ESCOLA VERA LUCIA CASTELHANO E NA RUA JOÃO DUARTE.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Julio Jiro, Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE VESTIARIO NO CAMPO DE FUTEBOL E REFORMA DO BANHEIRO DO CAMPO DE BASEBALL, NO BAIRRO MOMBUCA</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PINTURA DA IGREJA SAGRADA FAMILIA, NO BAIRRO MOMBUCA </t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER FLUORETAÇÃO NA AGUA DO MUNICIPIO </t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE MAIS MÉDICOS PLANTONISTAS PARA UNIDADE BÁSICA DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DO S.I.M - SERVIÇO DE INSPEÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE GUIAS E SARJETAS NA RUA PRINCIPAL DO BAIRRO RESIDENCIAL, APÓS A LINHA FÉRREA ATÉ O CORREGO</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf</t>
   </si>
   <si>
     <t>REQUER REAPROVEITAMENTO DE MOTORISTAS DO SAMU NA ÁREA DA SAÚDE</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf</t>
   </si>
   <si>
     <t>REQUER GRADEAMENTO DE TERRAS NO HORTO FLORESTAL GUARANI, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE DOIS AGENTES DE CAMPO PARA O COMBATE E CONTROLE DE VETORES</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>REQUER COPIA DE PLANTA E MEMORIAL UTILIZADO PARA A CONSTRUÇÃO DO PALCO , NO PATIO DA FEPASA.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NO ABASTECIMENTO DE ÁGUA, NO HORTO GUARANI.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO  DE REPAROS DE ALVENARIA NO PISO DO ESTACIONAMENTO DO VEICULO SAMU</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE GARAGEM PARA O VEICULO DO CORPO DE BOMBEIROS</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf</t>
   </si>
   <si>
     <t>REQUER AA INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS ENTRADAS DA CIDADE</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>REQUER VENTILADORES, NA FORMA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO N 48/2018  - IMPLANTAÇÃO DO S.I.M - SERVIÇO DE INSPEÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE REFLETORES NO CENTRO ESPORTIVO</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NA COZINHA PILOTO</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf</t>
   </si>
   <si>
     <t>REQUER LIMPEZA DOS BUEIROS E NA SAIDA DE AGUA DO  CORREGO ALBERTO CERVI</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf</t>
   </si>
   <si>
     <t>REQUER AQUISIÇÃO DE TENDA PARA O CEMITERIO</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf</t>
   </si>
   <si>
     <t>REQUER REABERTURA DA HORTA NA ESCOLA "GUIOMAR AP. MILUZZI DE OLIVEIRA", NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE COMISSÃO ESPECIAL DE ESTUDOS, COM O OBJETIVO  DE AUXILIAR OS INSCRITOS NO PROGRAMA "MINHA CASA, MINHA VIDA", BAIRRO ADELIA JARDIM</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MUROS DE PROTEÇÃO E VIGIA NA CAIXA D' AGUA, LOCALIZADA NO JARDIM MARIA LUIZA</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>REQUER LOGOMARCA DO MUNICÍPIO NOS VEÍCULOS NOVOS, BEM COMO NOS VEÍCULOS USADOS QUE NÃO POSSUEM.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf</t>
   </si>
   <si>
     <t>REQUER AMBULÂNCIA DE PLANTÃO NO PRONTO SOCORRO DO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MAIS UM ÔNIBUS (CRISPTUR) PARA TRABALHADORES, NO MUNICÍPIO DE RIBEIRÃO PRETO</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf</t>
   </si>
   <si>
     <t>REQUE QUE SEJAM NOTIFICADAS AS EMPRESAS/IMOBILIÁRIAS, PROPRIETÁRIAS DE LOTEAMENTOS A PAGAREM AS DIVIDAS DE IPTU.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INTERVALO MAIOR ENTRE LEITURA E DATA DE PAGAMENTO DE ÁGUA E ESGOTO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI, DISPÕE SOBRE A CRIAÇÃO DE CARGOS E DA OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER MELHORIA NO ESCOAMENTO DA ÁGUA PLUVIAL NO FINAL DA RUA JOSÉ APARECIDO MARTINS DA CRUZ.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PAGAMENTOS DE REFEIÇÕES AOS MOTORISTAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NA AV: JACARANDAS NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NA PAVIMENTAÇÃO ASFÁLTICA NA RUA MARIA DOS REMÉDIOS E JOÃO DUARTE.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ESCOAMENTO NA CDHU NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NO CALÇAMENTO NA RUA HERMÍNIO FÉLIX BONFIM.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE BEBEDOURO INDUSTRIAL NAS ESCOLAS DO BAIRRO MOMBUCA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÕES DE BRAÇOS DE LUZ NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DO DESCANSO SEMANAL REMUNERADO DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DEMARCAÇÃO DE PONTO DE ÔNIBUS NO CDHU NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ATENDIMENTO NO PRONTO SOCORRO DO BAIRRO MOMBUCA NOS FINAIS DE SEMANA E FERIADO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER RESTABELECIMENTO DO TRANSPORTE DA TERCEIRA IDADE.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIASPARA DIMINUIÇÃO NO DEGRAU DA PAVIMENTAÇÃO ASFÁLTICA NA RODOVIA MÁRIO MAZIERO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A DOAÇÃO DE ÁREA PARA CONSTRUÇÃO DE TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER VOLTA DO PROGRAMA DE SAÚDE DA FAMÍLIA. </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PARCERIA ENTRE A PREFEITURA MUNICIPAL DE GUATAPARÁ E O SESI. </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE CALÇADA DA ESCOLA EUCLIDES CASTELHANO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE TROCAS DOS VASOS SANITÁRIOS COM A ADEQUAÇÃO E INSTALAÇÃO DE ACORDO COM A FAIXA ETÁRIA DOS DESTINATÁRIOS, NA ESCOLA EUCLIDES CASTELHANO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A INCLUSÃO NA DATA DO CALENDÁRIO MUNICIPAL DE EVENTOS O DIA MUNICIPAL DA MULHER.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ELABORAÇÃO DE PROJETO DE LEI, DENOMINANDO PRAÇA DA BIBLIA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE ASSISTÊNCIA JURIDICA INTEGRAL E GRATUITA AS PROPRIETÁRIOS DE CASAS E TERRENOS DO BAIRRO JARDIM MARIA LUIZA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ÁREA DE LAZER NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER GALERIA NA AVENIDA JACARANDAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INCENTIVO AO PLANTIO DE ÁRVORES.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRÂNSITO NA RODOVIA MÁRIO MAZIERO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REFORMA E CONSTRUÇÃO DE PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DA MUNICIPALIDADE CESSÃO DE MÃO DE OBRA PARA PINTURA DE MUROS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER FARMACÊUTICO NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE LOMBADAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REGULARIZAÇÃO PARA ADESÃO A PROGRAMAS DE INCENTIVO AO TURISMO EM NOSSO MUNICIPIO</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESCOAMENTO DE ÁGUAS PLUVIAIS </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS PARA RECEBIMENTO DE LEITE ENRIQUECIDO, CONFORME PROGRAMA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER LANCHE PARA A BANDA NAYARA MARCHETTI ROCHA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NA PAVIMENTAÇÃO ASFÁLTICA, NO CRUZAMENTO DAS RUAS JOSÉ ELÍSEO DA SILVA E OLEANDROS</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ALTERAÇÃO DO CÓDIGO DE POSTURAS DO MUNICÍPIO, PARTE 1,</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DE EQUIPAMENTOS PARTICULARES NA CAIXA D ÁGUA,NO JARDIM ALVORADA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ADAPITAÇÕES PRÉDIO DA ANTIGA UNIDADE DE SAUDE DO BAIRRO MOMBUCA PARA VELÓRIO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE AR CONDICIONADO NA SALA PRONTO SOCORRO</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ACADÊMIA AO AR LIVRE EM GUATAPARÁ.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER LIBERAÇÃO DAS PISCINAS DO CENTRO ESPORTIVO AOS FINAIS DE SEMANA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CALÇADAS NOS ARREDORES DAS ÁRVORES PLANTADAS NO CONJ HABITACIONAL NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PLACAS DE DENOMINAÇÃO NOS BAIRROS JD ALVORADA E NOVA GUATAPARÁ.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRÂNSITO NA RODOVIA MARIO MAZIERO. </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER AUMENTO DO TICKET ALIMENTAÇÃO DO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DA LEI COMPLEMENTAR 069/2009, QUE ACERCA DA JORNADA DE TRABALHO DE AUXILIARES E TÉCNICOS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CUMPRIMENTO DA LEI MUNICIPAL 572/2008.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REVISÃO DA TABELA DE REFERENCIA DE SALÁRIO DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ALAMBRADO NO CENTRO ESPORTIVO.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DE APREENSÃO DE BICICLETAS MOTORIZADAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5170,68 +5170,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/436/requerimento_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/441/requerimento_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/446/requerimento_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/447/requerimento_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/449/requerimento_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/450/requerimento_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/451/requerimento_no_15_-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/452/requerimento_n_17_-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/453/requerimento_n_18_-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_n_19_-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/455/requerimento_n_20-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/456/requerimento_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/457/requerimento_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/458/requerimento_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/459/requerimento_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/460/requerimento_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/461/requerimento_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/462/requerimento_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/463/requerimento_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/464/requerimento_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/439/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/440/indicacao_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/437/mocao_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/436/requerimento_no_01.2024..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/441/requerimento_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/442/requerimento_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/438/requerimento_no_05.2024..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/443/requerimento_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/444/requerimento_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/445/requerimento_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/446/requerimento_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/447/requerimento_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/449/requerimento_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/450/requerimento_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/451/requerimento_no_15_-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/452/requerimento_n_17_-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/453/requerimento_n_18_-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/454/requerimento_n_19_-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/455/requerimento_n_20-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/456/requerimento_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/457/requerimento_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/458/requerimento_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/459/requerimento_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/460/requerimento_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/461/requerimento_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/462/requerimento_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/463/requerimento_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2024/464/requerimento_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/56/56_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/54/54_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2015/52/52_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>