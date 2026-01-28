--- v0 (2025-10-07)
+++ v1 (2026-01-28)
@@ -10,157 +10,239 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="523" uniqueCount="272">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>FINANÇAS,ORÇAMENTO, FISCALIZAÇÃO E CONTROLE</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo celebrar parceria por mútua cooperação e interesse público e recíproco para o desenvolvimento em Guatapará, das atividades do programa inclusão educacional de pessoas com deficiência e/ou enfermos.</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria do vereador Ronaldo._x000D_
+Indica ao executivo, elaborar projeto de Lei, incluindo no calendário municipal a data do evento realizado pela organização "pula moita", bem como, destinar recursos, na forma que específica.</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César Bruno e Sueli._x000D_
+Indicação ao executivo para instituir projeto de lei, conhecido como bolsa atleta.</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo instituir projeto de Lei, conhecido como "CNH Social".</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo, instituir projeto conhecido como "Balcão do Emprego".</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação de autoria dos vereadores César e Sueli._x000D_
+Indicam ao executivo, instituir projeto conhecido como "cidade verde".</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf</t>
+  </si>
+  <si>
+    <t>Indicação dos vereadores César e Sueli._x000D_
+Indicam ao executivo, instituir projeto esportivo no período de férias escolares.</t>
+  </si>
+  <si>
     <t>465</t>
   </si>
   <si>
-    <t>2025</t>
-[...4 lines deleted...]
-  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas em todas as ruas do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ambulância 24h na unidade de saúde do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer fornecimento de uniforme escolar à todos os alunos da rede municipal de Guatapará.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Mazinho Azevedo</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer limpeza dos entulhos e lixos, acumulados no final da rua José Eliseo da Silva, Guatapará-SP.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer elaboração de projeto de lei, na forma que específica.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Chicão</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de vidro blindex e ar condicionado na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de vale alimentação aos funcionários do Conselho Tutelar do Município.</t>
   </si>
   <si>
     <t>472</t>
@@ -427,50 +509,384 @@
     <t>Requer cobertura da quadra esportiva do bairro Mombuca.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf</t>
   </si>
   <si>
     <t>Requer projeto "Domingo na Praça".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf</t>
   </si>
   <si>
     <t>Requer retorno do projeto "Aroeira".</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer pintura do piso da quadra poliesportiva do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer conserto das tampas de galerias de águas pluviais do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer projetos no bairro mombuca.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer vacinação antirrábica e disponibilização de veterinário.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer manutenção/reparo do canteiro central do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer reativação e transformação do antigo projeto existente na escola Guiomar, em horta comunitária.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Requer contratação de um profissional de educação física e um nutricionista.</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Requer melhorias na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer designação de zelador para cemitério do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Requer construção de galeria de drenagem na rua Shimane.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de vestiário e água potável no campo de futebol do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer construção de calçadas em locais públicos na forma que específica.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre valores gastos na construção da creche do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Requer informações sobre valores na construção da creche do bairro nova Guatapará.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre valores gastos na iluminação da rotatória de acesso à cidade.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer melhorias/transformação no estacionamento do cemitério do bairro mombuca.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Autoria dos vereadores César e Sueli._x000D_
+Requerem informações na forma que especificam.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer pagamento de vale alimentação aos estagiários do município.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Autoria do vereador Ivonir Borghezan._x000D_
+Requer sinalização viária na entrada do cemitério municipal.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir Borghezan,_x000D_
+Requer pintura e revitalização da sinalização horizontal em toda a cidade.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir._x000D_
+Requer reparos/manutenção e substituição de lâmpadas na iluminação pública.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir Borghezan._x000D_
+Requer pode ou corte de árvore localizada ao lado da padaria Dutra, na rua Ueta Thoiti.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir._x000D_
+Requer instalação de placas de sinalização e reforço na sinalização horizontal nas lombadas recentemente construídas.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria dos vereadores César Bruno e Sueli._x000D_
+Requerem criação de uma sala de AEE - Atendimento Educacional Especializado, na escola Euclides Castelhano.</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
+Requerem substituição da tela de proteção da quadra esportiva, na escola Andréa Sertori Sandrin.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria do vereador Ivonir._x000D_
+Reitera o requerimento nº 47/2025.</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer aquisição de caçambas de coleta.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reitera o requerimento nº 08/2025.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
+Requerem reformas das salas dos professores, escola Andréa Sertori Sandrin e Vera Lúcia Castelhano.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -774,69 +1190,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H32"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="16.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="47" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="118.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="201.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -915,735 +1331,1704 @@
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
         <v>43</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...19 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" t="s">
         <v>71</v>
-      </c>
-[...19 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
         <v>79</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
         <v>83</v>
-      </c>
-[...16 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20" t="s">
         <v>87</v>
-      </c>
-[...16 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21" t="s">
         <v>91</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" t="s">
         <v>95</v>
-      </c>
-[...16 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>60</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H23" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24" t="s">
         <v>103</v>
-      </c>
-[...16 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>41</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H25" t="s">
         <v>107</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>109</v>
+      </c>
+      <c r="D26" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>41</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>117</v>
+      </c>
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H28" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>121</v>
+      </c>
+      <c r="D29" t="s">
+        <v>41</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H29" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>41</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H30" t="s">
         <v>127</v>
-      </c>
-[...16 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>129</v>
+      </c>
+      <c r="D31" t="s">
+        <v>41</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H31" t="s">
         <v>131</v>
-      </c>
-[...16 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>133</v>
+      </c>
+      <c r="D32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H32" t="s">
         <v>135</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
         <v>136</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>137</v>
       </c>
-      <c r="H32" t="s">
+      <c r="D33" t="s">
+        <v>41</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>138</v>
+      </c>
+      <c r="H33" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H34" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>41</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>41</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>41</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H38" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>161</v>
+      </c>
+      <c r="D39" t="s">
+        <v>41</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H39" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>165</v>
+      </c>
+      <c r="D40" t="s">
+        <v>41</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H40" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>169</v>
+      </c>
+      <c r="D41" t="s">
+        <v>41</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H41" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>173</v>
+      </c>
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H42" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>177</v>
+      </c>
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>65</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H43" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>181</v>
+      </c>
+      <c r="D44" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H44" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>185</v>
+      </c>
+      <c r="D45" t="s">
+        <v>41</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H45" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>189</v>
+      </c>
+      <c r="D46" t="s">
+        <v>41</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H46" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H47" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>194</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>195</v>
+      </c>
+      <c r="D48" t="s">
+        <v>41</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H48" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>198</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>199</v>
+      </c>
+      <c r="D49" t="s">
+        <v>41</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H49" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" t="s">
+        <v>41</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H50" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" t="s">
+        <v>41</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H51" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>210</v>
+      </c>
+      <c r="D52" t="s">
+        <v>41</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H52" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>213</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" t="s">
+        <v>41</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H53" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>216</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>217</v>
+      </c>
+      <c r="D54" t="s">
+        <v>41</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H54" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>220</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>41</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H55" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" t="s">
+        <v>41</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H56" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>227</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>228</v>
+      </c>
+      <c r="D57" t="s">
+        <v>41</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>53</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H57" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>231</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>232</v>
+      </c>
+      <c r="D58" t="s">
+        <v>41</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H58" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>234</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>235</v>
+      </c>
+      <c r="D59" t="s">
+        <v>41</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H59" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>237</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>238</v>
+      </c>
+      <c r="D60" t="s">
+        <v>41</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H60" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>241</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" t="s">
+        <v>41</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H61" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>246</v>
+      </c>
+      <c r="D62" t="s">
+        <v>41</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H62" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>249</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>250</v>
+      </c>
+      <c r="D63" t="s">
+        <v>41</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H63" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>253</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>254</v>
+      </c>
+      <c r="D64" t="s">
+        <v>41</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H64" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>256</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>257</v>
+      </c>
+      <c r="D65" t="s">
+        <v>41</v>
+      </c>
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H65" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>260</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>261</v>
+      </c>
+      <c r="D66" t="s">
+        <v>41</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>65</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H66" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>264</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>265</v>
+      </c>
+      <c r="D67" t="s">
+        <v>41</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>65</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H67" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>268</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>269</v>
+      </c>
+      <c r="D68" t="s">
+        <v>41</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H68" t="s">
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>