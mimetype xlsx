--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -54,835 +54,835 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>FINANÇAS,ORÇAMENTO, FISCALIZAÇÃO E CONTROLE</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo celebrar parceria por mútua cooperação e interesse público e recíproco para o desenvolvimento em Guatapará, das atividades do programa inclusão educacional de pessoas com deficiência e/ou enfermos.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria do vereador Ronaldo._x000D_
 Indica ao executivo, elaborar projeto de Lei, incluindo no calendário municipal a data do evento realizado pela organização "pula moita", bem como, destinar recursos, na forma que específica.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César Bruno e Sueli._x000D_
 Indicação ao executivo para instituir projeto de lei, conhecido como bolsa atleta.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo instituir projeto de Lei, conhecido como "CNH Social".</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo, instituir projeto conhecido como "Balcão do Emprego".</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf</t>
   </si>
   <si>
     <t>Indicação de autoria dos vereadores César e Sueli._x000D_
 Indicam ao executivo, instituir projeto conhecido como "cidade verde".</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf</t>
   </si>
   <si>
     <t>Indicação dos vereadores César e Sueli._x000D_
 Indicam ao executivo, instituir projeto esportivo no período de férias escolares.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas em todas as ruas do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer ambulância 24h na unidade de saúde do Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer fornecimento de uniforme escolar à todos os alunos da rede municipal de Guatapará.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>Mazinho Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer limpeza dos entulhos e lixos, acumulados no final da rua José Eliseo da Silva, Guatapará-SP.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Requer elaboração de projeto de lei, na forma que específica.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de vidro blindex e ar condicionado na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de vale alimentação aos funcionários do Conselho Tutelar do Município.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf</t>
   </si>
   <si>
     <t>Requer implantação de projetos educacionais, bem como, reativação da banda marcial municipal.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf</t>
   </si>
   <si>
     <t>Requer atualização do percentual pago à título de insalubridade aos agentes de saúde e endemias e fornecimento de computadores.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf</t>
   </si>
   <si>
     <t>Requer ambulância 24h no Horto Guarani e posto de atendimento médico.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf</t>
   </si>
   <si>
     <t>Requer tubulação nas principais ruas do Horto Guarani, para escoamento de água.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf</t>
   </si>
   <si>
     <t>Requer cobertura no cemitério, na forma que específica.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf</t>
   </si>
   <si>
     <t>Requer conserto do ar condicionado do velório municipal.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf</t>
   </si>
   <si>
     <t>Requer reparos nas estradas do Horto Guarani.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf</t>
   </si>
   <si>
     <t>Requer disponibilidade da sala de espera da unidade de saúde das 12h às 13h.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de luminárias nas ruas 30 de novembro, Jica e Nagano, Bairro Mombuca.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf</t>
   </si>
   <si>
     <t>Requer aplicação do reajuste salarial, definido pelo MEC, aos professores e profissionais da educação.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf</t>
   </si>
   <si>
     <t>Requer que o município faça parte do CONCEN-SP</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao executivo elaboração de projeto, voltado para os munícipes diagnosticados com síndrome fibromialgica.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf</t>
   </si>
   <si>
     <t>Requer revitalização da praça São Pedro.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf</t>
   </si>
   <si>
     <t>Requer cobertura na escola "Vera Lúcia Castelhano".</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf</t>
   </si>
   <si>
     <t>Requer resolução do problema enfrentado pelos moradores da rua José Eliseo da Silva, em relação ao escoamento de água.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf</t>
   </si>
   <si>
     <t>Requer uma TV Smart de 55 polegadas, para a escola "Andréia Sertori Sandrin".</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf</t>
   </si>
   <si>
     <t>Requer instalação de ar condicionado na cozinha piloto.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf</t>
   </si>
   <si>
     <t>Requer readequação dos horários destinados ao transporte de pacientes.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf</t>
   </si>
   <si>
     <t>Requer tubulação na rua Nagano, saída para a Rodovia Mário Mazieiro, Bairro Mombuca.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf</t>
   </si>
   <si>
     <t>Requer colocação de tela mosquiteiro em volta do refeitório da escola Antônio Gracie, Bairro Mombuca.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que o Município faça parte do PAC - Programa de Aceleração do Crescimento.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf</t>
   </si>
   <si>
     <t>Requer cobertura da quadra esportiva do bairro Mombuca.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf</t>
   </si>
   <si>
     <t>Requer projeto "Domingo na Praça".</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf</t>
   </si>
   <si>
     <t>Requer retorno do projeto "Aroeira".</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf</t>
   </si>
   <si>
     <t>Requer pintura do piso da quadra poliesportiva do bairro mombuca.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf</t>
   </si>
   <si>
     <t>Requer conserto das tampas de galerias de águas pluviais do bairro mombuca.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf</t>
   </si>
   <si>
     <t>Requer projetos no bairro mombuca.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf</t>
   </si>
   <si>
     <t>Requer vacinação antirrábica e disponibilização de veterinário.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf</t>
   </si>
   <si>
     <t>Requer manutenção/reparo do canteiro central do bairro mombuca.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf</t>
   </si>
   <si>
     <t>Requer reativação e transformação do antigo projeto existente na escola Guiomar, em horta comunitária.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Requer contratação de um profissional de educação física e um nutricionista.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Requer melhorias na escola "Guiomar Aparecida Meluzzi de Oliveira"</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf</t>
   </si>
   <si>
     <t>Requer designação de zelador para cemitério do bairro mombuca.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Requer construção de galeria de drenagem na rua Shimane.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de vestiário e água potável no campo de futebol do bairro mombuca.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf</t>
   </si>
   <si>
     <t>Requer construção de calçadas em locais públicos na forma que específica.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre valores gastos na construção da creche do bairro mombuca.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Requer informações sobre valores na construção da creche do bairro nova Guatapará.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre valores gastos na iluminação da rotatória de acesso à cidade.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf</t>
   </si>
   <si>
     <t>Requer melhorias/transformação no estacionamento do cemitério do bairro mombuca.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Autoria dos vereadores César e Sueli._x000D_
 Requerem informações na forma que especificam.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf</t>
   </si>
   <si>
     <t>Requer pagamento de vale alimentação aos estagiários do município.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Autoria do vereador Ivonir Borghezan._x000D_
 Requer sinalização viária na entrada do cemitério municipal.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir Borghezan,_x000D_
 Requer pintura e revitalização da sinalização horizontal em toda a cidade.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir._x000D_
 Requer reparos/manutenção e substituição de lâmpadas na iluminação pública.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir Borghezan._x000D_
 Requer pode ou corte de árvore localizada ao lado da padaria Dutra, na rua Ueta Thoiti.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir._x000D_
 Requer instalação de placas de sinalização e reforço na sinalização horizontal nas lombadas recentemente construídas.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria dos vereadores César Bruno e Sueli._x000D_
 Requerem criação de uma sala de AEE - Atendimento Educacional Especializado, na escola Euclides Castelhano.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
 Requerem substituição da tela de proteção da quadra esportiva, na escola Andréa Sertori Sandrin.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria do vereador Ivonir._x000D_
 Reitera o requerimento nº 47/2025.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de caçambas de coleta.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 08/2025.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de autoria dos vereadores César e Sueli._x000D_
 Requerem reformas das salas dos professores, escola Andréa Sertori Sandrin e Vera Lúcia Castelhano.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1190,68 +1190,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/525/indicacao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao_no_02.2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao_no_03.2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao_no_04.2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao_no_05.2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao_no_06.2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao_no_07.2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/466/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/467/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/468/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_09-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_n_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/476/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/487/requerimento_n_27-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/488/requerimento_n_28-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/490/requerimento_n_30-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/491/requerimento_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_n_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_n_33-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_n_34-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_n_35-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento_n_36-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_n_37-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/498/requerimento_n_38-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/499/requerimento_n_39-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento_n_41-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento_n_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/506/requerimento_n_48-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/507/requerimento_n_49-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/508/requerimento_n_50-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/510/requerimento_n_52-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/511/requerimento_n_54-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/513/requerimento_n_56-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/516/requerimento_n_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/517/requerimento_n_61-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/518/requerimento_n_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/519/requerimento_n_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/521/requerimento_n_66-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento_n_67-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento_n_68-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento_n_69-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="47" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="201.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>