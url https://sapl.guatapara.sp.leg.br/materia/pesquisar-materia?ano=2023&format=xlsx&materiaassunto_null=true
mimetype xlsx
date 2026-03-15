--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,669 +54,669 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Nega</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf</t>
   </si>
   <si>
     <t>Indica a isenção de pagamento de alvarás de funcionamento por parte das empresas na época da pandemia.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à aluna Alice Vieira de Souza.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de apoio à Empresa Brasileira de Correios e Telégrafos.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf</t>
   </si>
   <si>
     <t>Moção de apoio ao projeto de Lei nº 578/2023, de autoria da Deputada Fabiana Bolsonaro.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos às profissionais da enfermagem pelo brilhante atendimento.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania guataparaense ao senhor Dr. Ricardo Turra.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania guataparaense ao senhor Paulo José Mathias.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf</t>
   </si>
   <si>
     <t>Concede título de cidadania guataparaense ao cabo Paulo Henrique Siena.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre à abertura de créditos especiais e dá outras providências"</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf</t>
   </si>
   <si>
     <t>Convoca à Secretária da Saúde, senhora Jovelina de Souza, Município de Guatapará.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf</t>
   </si>
   <si>
     <t>Convida Responsável pela empresa Maré, Município de Guatapará-SP.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Simone do Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf</t>
   </si>
   <si>
     <t>Convida(o) Responsável pelo Projeto "Guatapará Minha Casa", Município de Guatapará-SP.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf</t>
   </si>
   <si>
     <t>Requer informações sobre falta de cardiologista na unidade de saúde.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf</t>
   </si>
   <si>
     <t>Requer Limpeza do pátio da antiga delegacia civil.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf</t>
   </si>
   <si>
     <t>Requer lombada da Rua Hermínio Félix Bonfim.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf</t>
   </si>
   <si>
     <t>Requerem reforma do banheiro do centro de eventos, Guatapará-SP.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre o atendimento prestado pelo SAMU.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>Joel da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas nas ruas Alberto Cervi e Valdemar Stoque.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf</t>
   </si>
   <si>
     <t>Requer instalação de ar condicionado na creche "Dona Anna S. de Azevedo".</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf</t>
   </si>
   <si>
     <t>"Requerem transporte para alunos que irão cursar faculdade na cidade de Matão".</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf</t>
   </si>
   <si>
     <t>Requer instalação de aparelhos de ar condicionado na escola "Antônio Gracie".</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf</t>
   </si>
   <si>
     <t>Requer Informações sobre construção do Poço Artesiano.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas nas ruas Miguel Cortez e Augusto Carrile.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf</t>
   </si>
   <si>
     <t>Requer providências em relação aos cavalos espalhados pelas ruas do Município.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf</t>
   </si>
   <si>
     <t>Requer melhorias na fachada da entrada da cidade.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf</t>
   </si>
   <si>
     <t>Requerem construção de ponto de ônibus em frente à cooperativa, bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre não atendimento de funcionários das granjas do bairro Mombuca, pela unidade básica de saúde de Guatapará.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf</t>
   </si>
   <si>
     <t>Requerem implantação do Projeto de Lei - REURB.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf</t>
   </si>
   <si>
     <t>Requerem que seja à polícia civil incluída na atividade delegada.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf</t>
   </si>
   <si>
     <t>Requerer adequação do piso salarial dos profissionais da saúde, enfermeiro, técnico de enfermagem e auxiliar.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Geléião</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf</t>
   </si>
   <si>
     <t>Requer instalação de energia elétrica no cemitério municipal.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf</t>
   </si>
   <si>
     <t>Requer revitalização do local conhecido como "Bica da Mombuca", onde ocorrem os carregamentos de caminhões pipa.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf</t>
   </si>
   <si>
     <t>Requerem colocação de placas, identificando às ruas do Município.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf</t>
   </si>
   <si>
     <t>Requerem o conserto da máquina niveladora "Patrol".</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf</t>
   </si>
   <si>
     <t>Requerem dedetização para extermínio de escorpiões.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf</t>
   </si>
   <si>
     <t>Requerem controle quanto à infestação de ratos/ratazanas.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf</t>
   </si>
   <si>
     <t>Requerem informações e celebração de convênios para inclusão de projetos de idosos.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf</t>
   </si>
   <si>
     <t>Requerem reforma e troca de móveis da cozinha UBS, Guatapará.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Nardinho do Povão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf</t>
   </si>
   <si>
     <t>Requerem reparos na Rodovia Mário Mazieiro, Bairro Mombuca.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf</t>
   </si>
   <si>
     <t>Requerem transporte em caráter de urgência, para alunos da APAE.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf</t>
   </si>
   <si>
     <t>Requer sinalização na rodovia Mário Mazieiro.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf</t>
   </si>
   <si>
     <t>Requer informações sobre veículo pertencente à municipalidade.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 12.2023.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf</t>
   </si>
   <si>
     <t>Requerem que a verba advinda da União, projeto de Lei nº 17/2023, seja também destinada aos artistas locais.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf</t>
   </si>
   <si>
     <t>Requerem lombadas nas ruas do bairro Mombuca.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf</t>
   </si>
   <si>
     <t>Requer providências para escoamento de água, na rua José Elíseo da Silva (último quarteirão).</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de ticket alimentação aos conselheiros tutelares.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf</t>
   </si>
   <si>
     <t>Requer inclusão de Munícipe em programa de assistência a locação de imóvel.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf</t>
   </si>
   <si>
     <t>Requer bebedouro nas escolas do bairro mombuca.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf</t>
   </si>
   <si>
     <t>Requerem providências quanto ao atendimento médico na unidade básica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1023,68 +1023,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/435/indicacao_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/434/mocao_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/432/mocao_07.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/433/mocao_no_09.2023..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/393/projeto_de_decreto_legislativo_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_decreto_06.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_jose_mahias..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_decreto_no_07.2023_-_concede_titulo_de_cidadao_ao_senhor_paulo_siena..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/419/projeto_de_lei_no_12.2023__suplementacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/385/requerimento_01.2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/386/requerimento_no_02.2023..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/387/requerimento_no_03.2023..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/388/requerimento_no_04.2023..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/389/requerimento_no_05.2023..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/390/requerimento_no_06.2023..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/391/requerimento_no_07.2023..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/392/requerimento_no_08.2023..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/394/requerimento_no_09.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/395/requerimento_no_10.2023..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/396/requerimento_no_11.2023..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/397/requerimento_no_12.2023..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/400/requerimento_no_13.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/401/requerimento_no_14.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/402/requerimento_no_15.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/403/requerimento_no_16.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/404/requerimento_no_17.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/405/requerimento_no_18.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/406/requerimento_no_19.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/407/requerimento_no_20.2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/408/requerimento_no_21.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/409/requerimenrto_no_22.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/410/requerimento_no_23.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/411/requerimento_no_24.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/412/requerimento_no_25.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/413/requerimento_no_26.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/414/requerimento_no_27.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/415/requerimento_no_28.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/416/requerimento_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/417/requerimento_no_30.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/418/requerimento_no_31.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/423/requerimento_no_32.2023..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/424/requerimento_no_33.2023..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/420/requerimento_no_34.2023..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/425/requerimento_no_35.2023..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/426/requerimento_no_36.2023..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/427/requerimento_no_37.2023..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/428/requerimento_no_38.2023..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/429/requerimento_no_39.2023..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/430/requerimento_no_40.2023..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2023/431/requerimento_no_41.2023..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="125.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>