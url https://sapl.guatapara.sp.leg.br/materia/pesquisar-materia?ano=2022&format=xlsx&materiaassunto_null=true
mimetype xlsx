--- v0 (2025-10-06)
+++ v1 (2026-03-15)
@@ -54,426 +54,426 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Simone do Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf</t>
   </si>
   <si>
     <t>Indica Projeto de Lei, que vise ajuda para tratamento fora do município, na forma que específica.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf</t>
   </si>
   <si>
     <t>Regularização de Imóveis.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf</t>
   </si>
   <si>
     <t>Indica transporte para alunos da educação especial no ano letivo de 2023.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Geléião</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf</t>
   </si>
   <si>
     <t>"Moção de aplausos ao Deputado Federal Alexandre Padilha"</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Nardinho do Povão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf</t>
   </si>
   <si>
     <t>"Moção de aplausos ao Deputado Federal Ricardo Silva e Deputado Estadual Rafael Silva".</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx</t>
   </si>
   <si>
     <t>"Moção de aplausos aos Policiais Militares"</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Nega</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Projeto Jovem Aprendiz.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor Prefeito Municipal para que este providencie sinalização adequada junto à Avenida 04, Bairro Residencial Stella.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor Prefeito Municipal para que este verifique a possibilidade de denominar o nome da rua sete, bairro Mombuca para Avenida Sete.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Joel da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf</t>
   </si>
   <si>
     <t>Requerem Van escolar nos bairros Adélia Jardim, Jardim Alvorada e Residencial Stella, Município de Guatapará - SP.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento n° 02/2021, que requer posto para recebimento de tributos e contas de energia no Bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento n° 08/2021, que requer lombadas nas ruas que específica do Bairro Mombuca.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf</t>
   </si>
   <si>
     <t>"Requer lombada na Rua dos Ypês, Município de Guatapará - SP".</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf</t>
   </si>
   <si>
     <t>"Requer mais iluminação e manutenção da praça e quadra esportiva do Bairro Adélia Jardim".</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf</t>
   </si>
   <si>
     <t>"Requer reajuste do piso salarial dos Técnicos de Radiologia da Municipalidade de Guatapará".</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf</t>
   </si>
   <si>
     <t>"Requer iluminação nas ruas que especifica".</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf</t>
   </si>
   <si>
     <t>"Requer realização de reparos/recapeamento na Rua Alberto Cervi".</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf</t>
   </si>
   <si>
     <t>Requer lombadas nas ruas do bairro Adélia Jardim.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf</t>
   </si>
   <si>
     <t>Requer contratação de médico pediatra.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Lei n° 962, de 08 de janeiro de 2021.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf</t>
   </si>
   <si>
     <t>Requerem dedetização em todos os bueiros da cidade.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx</t>
   </si>
   <si>
     <t>REQUEREM LIXEIRA NO BAIRRO MOMBUCA, RUA DAS “LICHIAS”, PRÓXIMO AOS RANCHOS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf</t>
   </si>
   <si>
     <t>"Requerem construção de quiosque em frente à praça central do município".</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf</t>
   </si>
   <si>
     <t>" Requer informações e providências no pronto atendimento, na forma que específica".</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf</t>
   </si>
   <si>
     <t>"Requer placas de sinalização na forma que específica".</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 37/2021, que requer iluminação em determinadas ruas do bairro mombuca.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf</t>
   </si>
   <si>
     <t>Reitera o Requerimento nº 08/2021, que requer lombadas nas ruas do bairro Mombuca.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf</t>
   </si>
   <si>
     <t>Requer construção de quadra vôlei de areia e futebol de areia, bairro mombuca.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf</t>
   </si>
   <si>
     <t>Requer construção de galeria de águas pluviais  na Avenida 12 de Janeiro, no bairro Mombuca.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf</t>
   </si>
   <si>
     <t>Requer urgência na instalação de energia elétrica na empresa de fertilizantes MARÉ.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf</t>
   </si>
   <si>
     <t>Requer tombamento do antigo galpão FEPASA, Município de Guatapará-SP.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -780,68 +780,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/368/indicacao_n_01.2022..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/382/indicacao_n_03.2022..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/383/indicacao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/362/mocao_01..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/363/mocao_02..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/371/mocao_03.2022_simone_parabeniza_policiais.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/376/mocao_n_04.2022..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/354/requerimento_01.2022..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/355/requerimento_02.2022..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/356/requerimento_03.2022..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/357/requerimento_04.2022..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/358/requerimento_05.2022..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/359/requerimento_06.2022..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/360/requerimento_07.2022..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/361/requerimento_08.2022..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/364/requerimento_09.2022..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/365/requerimento_10.2022..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/366/requerimento_11.2022..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/367/requerimento_12.2022..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/369/requerimento_13.2022..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/370/requerimento_14.2022..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/372/requerimento_15.2022_simone_e_nega_requerem_lixeira_no_bairro_mombuca.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/373/requerimento_18.2022..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/374/requerimento_21.2022..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/375/requerimento_22.2022..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/377/requerimento_27.2022..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/378/requerimento_28.2022..pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/379/requerimento_29.2022..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_30.2022..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_31.2022..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2022/384/requerimento_no_32.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="147.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="142.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>