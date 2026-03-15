--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,1017 +54,1017 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf</t>
   </si>
   <si>
     <t>Prorroga o plano de demissão Voluntaria ( PDV ) e dá outras Providencias.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação na praça dos ipês  o sistema de lazer localizado no loteamento adélia jardin</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de creditos e dá outras providencias</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Convenio com a caixa economia federal</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>institui o município a taxa de coleta de lixo</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Reabertura de créditos extraordinario do execercio de 2020</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre creditos e da outras providencias</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf</t>
   </si>
   <si>
     <t>Cria zona de expansão urbana</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos suplementares especiais e da outras providencias</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf</t>
   </si>
   <si>
     <t>abono aos profissionais da saúde em frente ao enfrentamento ao covid-19</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Prorroga o plano de demissão Voluntaria ( PDV ) E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de junta administrativa de recursos de infrações - jari- e dá outras providencias.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de empregos de provimento permanente e da organização da procuradoria, nos termos do artigo 98 da constituição do estado de são Paulo e artigos 44 ,iv, e 48 e seus incisos da lei organiza do município de Guatapará e dá outras providencias</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do abono fundeb aos profissionais da educação básica da rede municipal de ensino , da forma que especifica.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a conceder abono extraordinário aos profissionais da saúde em razão ao enfrentamento direto e frontal ao coronavirus- covid 19 no município de Guatapará</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITOS ESPECIAIS, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos e da outras providencias</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Eureka, Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf</t>
   </si>
   <si>
     <t>"Requer 04 braços de luz na Rua Jica, no bairro Mombuca."</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>Eureka</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Posto para recebimento de tributos e contas de energia no bairro mombuca.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Demarcação de pontos de ônibus nas ruas do bairro mombuca</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Substituição de lâmpadas queimadas.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Alteração no horário de coleta de exames no bairro Mombuca.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>Nega</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer Vistorias e Providências no abastecimento de agua na rua Hermínio feliz Bonfim ( pátio da Fepasa )</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer reparos/ manutenção da rua Hermínio Félix Bonfim.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer lombadas nas ruas que especifica</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer cobertura da quadra de esportes do bairro Mombuca.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer cessão de sinal de internet gratuito á população</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer Veículo para utilização especifica no setor de Água e esgoto SAEG.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Joel da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf</t>
   </si>
   <si>
     <t>REQUER PLACAS DE SINALIZAÇÃO NAS RUAS SIBIPIRUNAS , BRENO VIERA DE AQUINO DE LEITE E OLEANDROS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf</t>
   </si>
   <si>
     <t>Requer iluminação no ponto de ônibus do bairro nossa senhora aparecida.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf</t>
   </si>
   <si>
     <t>Requer câmeras de monitoramento no Centro esportivo e setor de obras.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>Simone do Paulinho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de Respiradores para a unidade de saúde .</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf</t>
   </si>
   <si>
     <t>Requer Programa de conscientização e limpeza , retirada de Entulhos, etc, das calçadas da cidade.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf</t>
   </si>
   <si>
     <t>Requer Aquisição de equipamentos hospitalares , na forma que especifica.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf</t>
   </si>
   <si>
     <t>Requer faixa de pedestres na Rua Euta Thoiti , no cruzamento com a rua José linares neto.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf</t>
   </si>
   <si>
     <t>Requer construção de lombadas nas ruas vereador Carlos Roberto da Silva e José aparecido Martins da cruz .</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf</t>
   </si>
   <si>
     <t>Requer volta de ônibus aos sábados</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer pinturas de motores da praça do bairro mombuca.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer inclusão de mais um horário de ônibus para transporte dos moradores do bairro Mombuca.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer informações na forma que especifica</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf</t>
   </si>
   <si>
     <t>Requer Calçamento de paralelepípedo no condomínio dos pescadores</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer Especialidades médicas no pronto socorro do bairro mombuca.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf</t>
   </si>
   <si>
     <t>Requer estacionamento defronte o cemitério municipal .</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf</t>
   </si>
   <si>
     <t>Requer Expansão da área e instalação de água potável no cemitério municipal.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer instalação de energia elétrica no cemitério do bairro mombuca.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de adicional de insalubridade em grau aos profissionais da saúde</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf</t>
   </si>
   <si>
     <t>Requer nivelação dos PV´S ( poços de visita ) na Rua Euta Thoiti.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf</t>
   </si>
   <si>
     <t>Requer placas de identificação de nomes de logradouros do bairro mombuca.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer estudos para diminuição da carga horária dos auxiliares de odontologia.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer melhorias no acostamento , bem como na sinalização da rotatória , na rodovia Mario maziero</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf</t>
   </si>
   <si>
     <t>Requer limpeza do açude do bairro mombuca.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf</t>
   </si>
   <si>
     <t>requer a concessão de ticket alimentação aos membros do conselho tutelar .</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf</t>
   </si>
   <si>
     <t>Requer a pintura na parede da crece municipal .</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer instalação de dois braços de luz nos postes instalados recentemente , na rua nagano.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf</t>
   </si>
   <si>
     <t>Requer medidas necessárias para a divulgação e implementação de planos que visem combate e prevenção de violência contra a mulher</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer troca de piso na escola Guiomar AP. Meluzzi de Oliveira.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf</t>
   </si>
   <si>
     <t>Requer que seja viabilizada a implantação de pavimentação asfáltica na rua Regina Ferreira de Souza</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Nardinho do Povão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf</t>
   </si>
   <si>
     <t>Requer recapeamento na pavimentação asfáltica nos locais que especifica</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer pintura das lombadas na rodovia Mário maziero , no perímetro urbano do bairro mombuca , bem como melhorias na sinalização</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Geléião</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Requer Estudos sobre a possibilidade de ajuda de pagamento de aluguel residencial .</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer pagamento de refeição a motoristas que estiverem a serviço do município a noite.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>requer atendimento prioritário a idosos no prono socorro</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf</t>
   </si>
   <si>
     <t>Requer adaptação para captar agua no rio mogi , para ser utilizada no combate a incêndios e outras finalidades</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf</t>
   </si>
   <si>
     <t>Requer instalação de agua potável a rede de esgoto nas barracas existentes na praça são Pedro.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos policias militares , na forma que especifica .</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf</t>
   </si>
   <si>
     <t>Requer placas com a denominação das ruas do bairro residencial stella.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx</t>
   </si>
   <si>
     <t>Requer celebração de convênio com a APAE do município de rincão /sp.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf</t>
   </si>
   <si>
     <t>Requer campo de futebol</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf</t>
   </si>
   <si>
     <t>requer instalação de unidade do poupa tempo em guatapará</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf</t>
   </si>
   <si>
     <t>requer tratamento odontológico e oftalmológico para alunos</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>requer instalação de exaustor na escola Euclides castelo , na forma que especifica .</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf</t>
   </si>
   <si>
     <t>requer nutrologo para atendimento na unidade de saúde do município</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf</t>
   </si>
   <si>
     <t>requer estudos para liberação de acesso a marginal localizada na sp 255</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf</t>
   </si>
   <si>
     <t>requer banco de povo</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf</t>
   </si>
   <si>
     <t>requer novo horario de trasporte da empresa crisptur</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer volta do itinerário da linha guatapará a pradopolis</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf</t>
   </si>
   <si>
     <t>requer que o ônibus da crisptur adentre no bairro mombuca</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf</t>
   </si>
   <si>
     <t>Contratura o senhor Ronaldo antonio de Oliveira</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf</t>
   </si>
   <si>
     <t>Moção de Apluasos aos senhores CB.plez e SD. siena.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer construção de palco de eventos no bairro mombuca</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf</t>
   </si>
   <si>
     <t>requer construção de vestiário na quadra da mombuca</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf</t>
   </si>
   <si>
     <t>Requer seja oficiado ao senhor prefeito municipal para que este solicite das empresas de telefonia com torres no município , a instalação de luz-piloto , que tem a função de evitar acidentes com veículos aéreos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1371,68 +1371,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/284/lei_complementar_n185.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/276/projeto_de_lei_sobre_a_criacao_de_empregos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/277/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/278/dispoe_creditos_e_da_outras_providsencias__42_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/279/projeto_42.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/280/projeto_43.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/281/projeto_46_abono_as_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/282/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/285/lei_complementar_n186.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/286/lei_complementar_n187.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/287/lei_complementar_n188.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/288/lei_complementar_n189.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/270/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/283/projeto_de_lei_44.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/289/req_01.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_02-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_03-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_04-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_05-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/294/requerimento_06-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/295/requerimento_07-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/296/requerimento_08-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_09-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_10-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_11-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_12-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_13-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_14-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_15-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_16-2021_joel.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_17-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/307/requerimento_18-2021_joel_nega_simone..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/308/requerimento_20-2021_nega..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/309/requerimento_21-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/310/requerimento_22-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_23-2021_simone_nega_joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_24-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_25-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_26-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_27-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_28-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/317/requerimento_29-2021_simone_nega_e_peru_..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_30-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_31-2021_eureka__..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_32-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_33-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/322/requerimento_34-2021_simone.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_35-2021_simone_joel._peru_e_nega.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_36-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/325/requerimento_37-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_38-2021_nega_e_simone..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_39-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_40-2021_simone_e_nega..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_41-2021_nardinho_e_geleiao..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_42-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_43-2021_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_44-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_45-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_46-2021_joel__simone__nega_e_peru..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_47-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_48-2021_nega_simone__joel_e_peru..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/337/requerimento_49-2021_simone..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/338/requerimento_50.2021_nega_convenio_com_apae_de_rincao.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_51-2021_nega.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_52-2021_eureka.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_53-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_55-2021_joel__nega_simone_e_peru..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_56-2021_chicao..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_57-2021_selminho..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_58-2021_nega__joel_peru_e_simone..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_59-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_60-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_61-2021_peru..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_62-2021_peru_e_nega..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_63-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_64-2021_eureka..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_65-2021_eureka..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="234.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>