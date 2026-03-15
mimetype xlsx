--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,1058 +54,1058 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 01/2019. Apreciação e pretendida aprovação_x000D_
 Criação de Cargos efetivos no quadro de provimento, previsto no anexo VI da Lei complementar nº 37/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar n° 03/2019._x000D_
 Cria exclusivamente referências salariais para os empregos públicos de agente comunitário da saúde , técnico de enfermagem I, médico da família, enfermeiro, técnico de enfermagem e auxiliar de enfermagem do quadro de pessoal permanente do Município, na forma que especifica.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE DISTRITO INDUSTRIAL NO MUNICÍPIO DE GUATAPARÁ, ESTABELECE INCENTIVOS À INSTALAÇÃO DE INDÚSTRIAS, INSTITUI O PROGRAMA DE DESENVOLVIMENTO INDUSTRIAL(PDI), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Galoni</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf</t>
   </si>
   <si>
     <t>REQUER POSTO PARA PAGAMENTO NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf</t>
   </si>
   <si>
     <t>REQUER SEGURANÇA PARA A UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ASSESSORIA JURíDlCA AOS MORADORES DO BAIRRO JD. MARIA LUIZA.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Julio Jiro</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO ÀS QUEDAS CONSTANTES DE ENERGIA ELÉTRICA, NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA ILUMINAÇÃO DO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE VETERINÁRIO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 45/2018.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Paulo PC</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf</t>
   </si>
   <si>
     <t>REQUER AGILIZAÇÃO NA CONSTRUÇÃO DAS SALAS DE AULA NA CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf</t>
   </si>
   <si>
     <t>REQUER TOMBAMENTO DE BENS IMÓVEIS, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf</t>
   </si>
   <si>
     <t>REQUER NOTIFICAÇÃO DE ÓRGÃOS COMPETENTES, PARA VISTORIA TÉCNICA E PROVIDÊNCIAS NA PONTE DO RIO MOGI GUAÇU.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Paulinho Policia</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE RECEBIMENTO DE ADICIONAL DE 25% POR SERVIDORES MUNICIPAIS, CONFORME DISPÕE A LEI COMPLEMENTAR Nº 37/2005.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE 3 ÔNIBUS GRATUITO PARA OS MUNÍCIPES DE GUATAPARÁ, QUE TRABALHAM NA CIDADE DE RIBEIRÃO PRETO.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE MOTORISTA NA UNIDADE BÁSICA DE SAÚDE DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE VAGAS PARA MOTORISTAS, TÉCNICO EM RADIOLOGIA E ABERTURA DE CONCURSO PARA TAIS VAGAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O ANDAMENTO DA CONSTRUÇÃO DA CRECHE MUNICIPAL , BAIRRO NOVA GUATAPARÁ.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE ENTREGA DAS CASAS DO BAIRRO ADÉLIA JARDIM.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf</t>
   </si>
   <si>
     <t>REQUER PULVERIZAÇÃO DA CIDADE DE GUATAPARÁ E BAIRROS VIZINHOS NO COMBATE A DENGUE.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE QUIOSQUE NA PRAÇA CENTRAL DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf</t>
   </si>
   <si>
     <t>REQUER LIMPEZA DE TERRENO PRÓXIMO ÀS ÁREAS DE LAZERES DO BAIRRO MOMBUCA, GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DE ÁREA PARA CAMINHADAS E EXERCÍCIOS NO BAIRRO MOMBUCA, GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NO APARELHO DE RAIO-X DA UBS - DR. "ORESTES MOURA PINTO', GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf</t>
   </si>
   <si>
     <t>REQUER A COLOCAÇÃO DE AJUDANTE DE SERVIÇOS GERAIS JUNTO AO MOTORISTA QUE TRANSPORTA MERENDA ESCOLAR DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE MAIS MÉDICOS GINECOLOGISTAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE CÂMERA NO CENTRO ESPORTIVO "AYRTON SENNA" DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 20.2019</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf</t>
   </si>
   <si>
     <t>REQUER FISCALIZAÇÃO DE LIMPEZA EM TERRENOS BALDIOS E RESIDÊNCIAS DO MUNICÍPIO DE GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLETA DE LIXO DOMICILIAR NO LOTEAMENTO SÍTIO SÃO VALENTIM.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Mazinho Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ABERTURA DA CRECHE EM DIAS DE PONTO FACULTATIVO, PARA ATENDER APENAS FILHOS DE MÃES QUE COMPROVADAMENTE TRABALHAM.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O ÔNIBUS RÁPIDO D'OESTE ADENTRE BAIRRO MOMBUCA E REALIZE PERCURSO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO E PINTURA NAS FAIXAS DA RODOVIA MÁRIO MAZIEIRO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf</t>
   </si>
   <si>
     <t>REQUER CELEBRAÇÃO DE CONVÊNIOS COM APAE DE CIDADES VIZINHAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf</t>
   </si>
   <si>
     <t>REQUER ABERTURA DE BUEIRO COM GALERIA PARA ESCOAMENTO DA ÁGUA, BAIRRO NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf</t>
   </si>
   <si>
     <t>REQUER VEÍCULO PARA TRANSPORTE DE PACIENTES DO HORTO GUARANI.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf</t>
   </si>
   <si>
     <t>REQUER POSSIBILIDADE DE ADESÃO AO PROGRAMA INSTITUTO PELA EMPRESA AGENDE- AGÊNCIA DE DESENVOLVIMENTO DE MONTE ALTO E REGIÃO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 16.2019</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO Nº 56.2017</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE POSTE DE ILUMINAÇÃO NAS RUAS REINALDO GARCIA E ANTÔNIO BRAGANTIN, GUATAPARÁ-SP.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf</t>
   </si>
   <si>
     <t>REQUER COLOCAÇÃO DE BRAÇOS DE LUZ NOS POSTES DA RODOVIA MÁRIO MAZIEIRO, GUATAPARÁ.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf</t>
   </si>
   <si>
     <t>Requer cumprimento e pagamento do prêmio Assiduidade aos Funcionários.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja destinado uso de barracão locado para geração de emprego e renda.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf</t>
   </si>
   <si>
     <t>Requer melhorias na iluminação da quadra da mombuca.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre gastos com cestas básicas.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf</t>
   </si>
   <si>
     <t>Requer incentivo a projetos de dança e karatê.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 49/2019, que dispõe sobre informações de gastos com cestas básicas.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf</t>
   </si>
   <si>
     <t>Requer Substituição do Ônibus da Saúde .</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf</t>
   </si>
   <si>
     <t>Requer a colocação da tela de cobertura da estufa do projeto semeando o futuro e compra de produtos para continuidade das atividades.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf</t>
   </si>
   <si>
     <t>Requer informação referente à dívida ativa dos maiores devedores do município.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf</t>
   </si>
   <si>
     <t>Reitera o requerimento nº 39/2019._x000D_
 Requer construções de galerias para o escoamento de águas das pluviais.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf</t>
   </si>
   <si>
     <t>Requer colocação de braço de luz na rua Jundiaí, Guatapará-SP.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf</t>
   </si>
   <si>
     <t>Requer continuidade na execução das obras de guias e sarjetas, no condomínio dos pescadores.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf</t>
   </si>
   <si>
     <t>Requer providência referente ao FGTS dos servidores Municipais em atraso.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf</t>
   </si>
   <si>
     <t>Requer o fornecimento de alimentação aos motoristas que transportam alunos ás cidades vizinhas.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf</t>
   </si>
   <si>
     <t>Requer a realização de recapeamento nas ruas da cidade.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de casas populares aos moradores do bairro Mombuca, Guatapará-SP.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lousas digitais nas escolas do Município de Guatapará.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf</t>
   </si>
   <si>
     <t>Requer colocação de placa de "Pare" e Faixa de Pedestre.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf</t>
   </si>
   <si>
     <t>Requer aquisição de equipamento para triturar galhos da poda de árvores.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf</t>
   </si>
   <si>
     <t>Requer providências para reabertura do setor odontológico na UBS- Guatapará.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf</t>
   </si>
   <si>
     <t>Requer funcionário de limpeza em prédios do bairro Mombuca.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf</t>
   </si>
   <si>
     <t>Requer adoção de providências para remoção do poste de energia localizado no meio da rua do bairro Adélia Jardim.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf</t>
   </si>
   <si>
     <t>Requer faixa de pedestre entre as ruas José Linares Neto e Ueta Thoite.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 75/2019._x000D_
 Requer providências quanto ao convênio médico não implantado.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 76/2019._x000D_
 Requer revitalização da avenida Jacarandás.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 77/2019._x000D_
 Reitera o requerimento nº 45/2019.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 78/2019._x000D_
 Requer iluminação no novo ponto de ônibus, rodovia Mário Mazieiro.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 79/2019._x000D_
 Requer substituição das lâmpadas queimadas da avenida jacarandás.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf</t>
   </si>
   <si>
     <t>Requer Limpeza da Caixa D'água - Terréo, próximo ao SAEG.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf</t>
   </si>
   <si>
     <t>Requer calçamento na Avenida Jacarandás, entre a rua Célia de Cária Lopes e início do conjunto habitacional Adélia Jardim.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf</t>
   </si>
   <si>
     <t>Requer bancos/assentos em frente ao ponto de ônibus do pronto socorro.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf</t>
   </si>
   <si>
     <t>Requer ar condicionado em todas as escolas do Município.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf</t>
   </si>
   <si>
     <t>Requer mais agentes de campo no combate ao mosquito Aedes Aegypti.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf</t>
   </si>
   <si>
     <t>Requer Limpeza dos bueiros e galerias pluviais do município.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf</t>
   </si>
   <si>
     <t>Requer compra de computadores para a UBS - Unidade Básica de Saúde do bairro Mombuca.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf</t>
   </si>
   <si>
     <t>Requer compra de máquina de lavar roupa para as escolas Guiomar Meluzzi e Vera Lúcia Castelhano.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf</t>
   </si>
   <si>
     <t>Requer Câmeras de Monitoramento nas escolas.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf</t>
   </si>
   <si>
     <t>Requer manutenção e/ou substituição do ônibus escolar que transportam alunos até a cidade de Araraquara - SP.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf</t>
   </si>
   <si>
     <t>Requer trator para preparo de terras no Horto Guarany.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf</t>
   </si>
   <si>
     <t>Requer adoção de medidas para  evitar mai cheiro proveniente da bomba de esgoto do residencial stella.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Requer a realização de pintura de faixa de pedestre em frente à escola localizada no Residencial Stella.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1421,68 +1421,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_complementar_01.2019..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_complementar_n_03_2019..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/184/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/187/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/188/requerimento_2.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/215/requerimento_01.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/208/requerimento_04.2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/202/requerimento_05.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/189/requerimento_06.2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/191/requerimento_08.2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/201/requerimento_09.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/214/requerimento_10.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/192/requerimento_12.2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/206/requerimento_14.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/216/requerimento_15.2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/217/requerimento_16.2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/218/requerimento_17.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/219/requerimento_18.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/226/requerimento_19.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/221/requerimento_20.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/209/requerimento_21.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/203/requerimento_22.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/204/requerimento_23.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/193/requerimento_24.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/194/requerimento_25.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/195/requerimento_26.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/212/requerimento_30.2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/196/requerimento_31.2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/205/requerimento_32.2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/197/requerimento_34.2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/198/requerimento_35.2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/207/requerimento_38.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/199/requerimento_39.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/200/requerimento_40.2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/213/requerimento_41.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/222/requerimento_42.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/223/requerimento_43.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/224/requerimento_44.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/225/requerimento_45.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/227/requerimento_46.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/228/requerimento_47.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/229/requerimento_48.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/230/requerimento_49.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/232/requerimento_50.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/231/requerimento_51.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/233/requerimento_52.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/234/requerimento_53.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/235/requerimento_54.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/239/requerimento_56.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/241/requerimento_57.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/242/requerimento_58.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/236/requerimento_59.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/244/requerimento_60.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/245/requerimento_61.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/238/requerimento_62.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/237/requerimento_63.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/251/requerimento_69.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/247/requerimento_70.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/248/requerimento_71.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/249/requerimento_72.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/250/requerimento_73.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/246/requerimento_74.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/256/requerimento_75.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/255/requerimento_76.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/254/requerimento_77.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/253/requerimento_78.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/252/requerimento_79.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/257/requerimento_n_83.2019..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/258/requerimento_n_84.2019..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/259/requerimento_n_85.2019..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/266/requerimento_86.2019..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/265/requerimento_87.2019..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/264/requerimento_88.2019..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/263/requerimento_89.2019..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/262/requerimento_90.2019..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/261/requerimento_91.2019..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/260/requerimento_92.2019..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/267/requerimento_98.2019..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2019/268/requerimento_99.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>