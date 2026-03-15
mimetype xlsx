--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -54,1365 +54,1365 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE AGENTE COMUNITARIO DE SAÚDE, AMPARADOS PELO ART. 2° DA EMENDA CONSTITUCIONAL N 51/2006 E PELA LEI FEDERAL Nº 11.350/2006, DE 05 DE OUTUBRO DE 2006 E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A REVISÃO GERAL ANUAL, PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL COMO ESPECIFICA </t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A REVISÃO GERAL ANUAL DOS SUBSÍDIOS DOS AGENTES POLÍTICOS DO MUNICIPIO DE GUATAPARA/SP, OCUPANTES DOS CARGOS ELETIVOS DE VEREADORES MUNICIPAIS. </t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESERVAÇÃO DO PATRIMONIO HISTORICO CULTURAL E NATURAL MUNICIPIO DE GUATAPARÁ</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO </t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE AUMENTO AOS OCUPANTES DOS CARGOS DE ENFERMEIRO, TÉCNICO DE ENFERMAGEM E AUXILIAR DE ENFERMAGEM </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL PREVISTA NO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL AOS SERVIDORES DA ADMINISTRAÇÃO MUNICIPAL, NA FORMA QUE ESPECIFICA </t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES DO EXECUTIVO MUNICIPAL, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR OS PROJETOS DO PROGRAMA DE  REGULARIZAÇÃO FUNDIARIA, CONFORME ESPECIFICA E DA OUTARS PROVIDENCIAS</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE INCENTIVOS A PROJETOS HABITACIONAIS POPULARES, DE INTERESSE SOCIAL, VINCULADORES AO PROGRAMA FEDERAL "MINHA CASA, MINHA VIDA", E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura Municipal</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°01/2018, AUTORIZA O PODER EXECUTIVO A CONCEDER SUBVENÇÃO ÁS ENTIDADES QUE ESPECIFICA, DURANTE O EXERCÍCIO DE 2018, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°02/2018, QUE INSTITUI O PROGRAMA DA INCUBADORA INDUSTRIAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CREDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE INVESTIMENTOS AOS SERVIDORES OCUPANTES DE CARGOS DE PROFESSOR DE EDUCAÇÃO INFANTIL BÁSICA I, BÁSICA II, EDUCAÇÃO INCLUSIVA E INSTRUTOR DE MÚSICA</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS 2018) DO MUNICÍPIO DE GUATAPARÁ E DA OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "APPARICIO GARCIA" A RUA "A" DO JD ALVORADA, NO MUNICIPIO DE GUATAPARA/SP</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A INSTITUIÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO (FME)</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA FELICIO FESTUCI A RUA "B" DO JARDIM ALVORADA</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A SELECIONAR INSTITUIÇÃO FINANCEIRA PARA OCUPAR E EXPLORAR, A TITULO DE CONCESSÃO DE DIREITO REAL DE USO, NA FORMA ONEOSA, AREA DE 128 METROS QUADRADOS LOCALIZADA EM PROPRIO MUNICIPAL, DESTINADA A INSTALAÇÃO DE AGENCIA BANCARIA </t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE ADELIA JARDIM, O CONJUNTO HABITACIONAL DE GUATAPARA "D", NO MUNICIPIO DE GUATAPARÁ </t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE WILSON MONTANHEIRO, A RUA "C" DO JARDIM ALVORADA, NO MUNICIPIO DE GUATAPARÁ </t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTONIO GALLIANI, A RUA "E" DO JARDIM ALVORADA, NO MUNICIPIO DE GUATAPARA.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE JEZIEL NOGUEIRA A RUA "I" DO JARDIM ALVORADA, NO MUNICIPIO DE GUATAPARA </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BASICO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A SEMANA DE LUTA CONTRA A VIOLÊNCIA E A EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES  </t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ARTIGO 172 DA LEI COMPLEMENTAR 031 DE 12 DE NOVEMBRO DE 2002 DO MUNICÍPIO DE GUATAPARÁ E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CRIAÇÃO DO SISTEMA DE CONTROLE INTERNO E DA OUTRAS PROVIDENCIAS CORRELATADAS</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMDEC) DO MUNICIPIO DE GUATAPARÁ, E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONSTRUIR PALCO NA AREA DA ANTIGA FEPASA E POSTERIOR A COBERTURA DO ESPAÇO E DA OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPOE SOBRE A ABERTURA DE CREDITOS ESPECIAIS, E DE OUTRAS PROVIDENCIAS </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONSTRUIR PALCO NA AREA DA ANTIGA FEPASA E POSTERIOR A COBERTURA DO ESPAÇO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE GUATAPARÁ A RETIRAR-SE DO CONSORCIO INTERMUNICIPAL PARA E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATORIA A ADOÇÃO DE MEDIDAS QUE VISEM A EVITAR O LEVANTAMENTO DE POEIRA</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR, EM LEILÃO,  BENS MOVEIS INSERVIVEIS DE PROPRIEDADE DO MUNICIPIO</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf</t>
   </si>
   <si>
     <t>RECONHECE NOS TERMOS DO ART 13, INCISO I DA LEI 13.465 DE 11 DE JULHO DE 2017, O BAIRRO SÃO PEDRO COMO ÁREA DE INTERESSE SOCIAL PARA FINS DE REGULARIZAÇÃO FUNDIÁRIA (REURB -S)</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA AÇÃO JOVEM NO MUNICÍPIO DE GUATAPARÁ E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR, EM LEILÃO, BENS MOVEIS INSERVÍVEIS DE PROPRIEDADE DO MUNICIPIO</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " VICENTE LUCAS" A RUA 02 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " AUGUSTO CARRILE " A RUA 03 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " MIGUEL CORTEZ" A RUA 04 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " BENEDITO FERREIRA DA SILVA" A RUA 05 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " MARIA JOSÉ MAZIEIRO" A RUA 06 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " LUIZ CARRILE" A RUA 07 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE " FRANCISCO FREDIANO" A RUA 01 DO JARDIM ADELIA , NO MUNICIPIO DE GUATAPARÁ/SP</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ABERTURA DE CRÉDITOS ESPECIAIS, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS SUPLEMENTARES, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A QUALIFICAÇÃO DE PESSOAS JURÍDICAS DE DIREITO PRIVADO, SEM FINS LUCRATIVOS, COMO ORGANIZAÇÕES SOCIAIS, CRIA O PROGRAMA MUNICIPAL DE PUBLICAÇÃO, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ESTRADA RURAL MUNICIPAL E AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER SUA MANUTENÇÃO, DECLARA SERVIDÃO ADMINISTRATIVA DE TRANSITO PUBLICO O TRECHO DA ESTRADA RURAL MUNICIPAL QUE MENCIONA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CORREÇÃO DO NOME DA RUA "" PARA  RUA "", NO MUNICÍPIO DE GUATAPARÁ /SP</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>ABRE NO ORÇAMENTO VIGENTE DE CREDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE HOSPITAL VETERINÁRIO PUBLICO, NO MUNICÍPIO DE GUATAPARÁ/SP, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf</t>
   </si>
   <si>
     <t>DENOMINA NOME DE RUA BRENO VIEIRA DE AQUINO LEITE, MUNICIPIO DE GUATAPARÁ E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ABERTURA DE CREDITOS SUPLEMENTARES, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf</t>
   </si>
   <si>
     <t>CRIA ATRIBUIÇÕES PARA O CARGO DE FISCAL TRIBUTÁRIO E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PRORROGAÇÃO DO PRAZO DA COMISSÃO PARLAMENTAR DE INQUÉRITO, CONSTANTE NA RESOLUÇÃO N 01/2017, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Galoni</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO ÁS CONTAS DE TAXAS E IMPOSTOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Paulo PC</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MANUTENÇÃO NOS ÔNIBUS ESCOLARES QUE TRANSPORTAM ALUNOS PARA O HORTO GUARANI.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONTRATAÇÃO DE EQUIPE DE SAÚDE DA FAMÍLIA PARA O BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DE GASTOS COM ASSESSORIA JURÍDICA.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE DÍVIDAS EM PROCESSOS TRABALHISTAS DE FUNCIONÁRIOS DA MUNICIPALIDADE, INCLUSIVE OS JÁ INSERIDOS EM PRECATÓRIOS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE MURO E INSTALAÇÃO DE PORTÃO ELETRÔNICO NO FUNDO DA UNIDADE BÁSICA DE SAÚDE.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PINTURA NA BASE DO SAMU.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DE SINALIZAÇÃO E INSTALAÇÃO DE SONORIZADOR NA DESCIDA DA FAZENDA BARREIRO, RODOVIA LILIANA TENUTO ROSSI.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MÉDICO UROLOGISTA NA UNIDADE BÁSICA DA SAÚDE.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO NO RECREIO DOS PESCADORES.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Julio Jiro, Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONVÊNIO MÉDICO AOS FUNCIONÁRIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O FORNECIMENTO DE UNIFORME ESCOLAR AOS ALUNOS ATÉ O 9º ANO DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER VENTILADORES NA ESCOLA ANDREIA SERTORI SANDRIN </t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE SANITARIOS PROXIMOS Á PRAÇA CENTRAL.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REPAROS NO CAMPO DE FUTEBOL DO HORTO GUARANI</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESCOAMENTO DE ÁGUAS PLUVIAIS, NA RUA SIBIPIRUNAS, ESQUINA COM A RUA DOS ALECRINS, FORMA QUE ESPECIFICA </t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Paulinho Policia</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE LOMBADA NA RODOVIA MARIO MAZIERO, PROXIMA AO CONJUNTO HABITACIONAL NOSSA SENHORA AP.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA O REQ. 35/2017- FAIXAS DE  SINALIZAÇÃO NA AVENIDA JACARANDAS </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERA O REQ. 65/2017- MELHORIAS NA SINALIZAÇÃO DA RUA UETA THOITI</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Julio Jiro</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PINTURA DE DEMARCAÇÃO NA QUADRA DO CENTRO ESPORTIVO</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COMPRA DE VEICULO A SER UTILIZADO EXCLUSIVAMENTE PELA SECRETARIA DA SAÚDE E SAMU.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CONSTRUÇÃO DE CANTEIRO CENTRAL NA AVENIDA PAULO MONTE SERRAT </t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES ACERCA DE FGTS DE FUNCIONÁRIOS QUE ADERIRAM AO PLANO DE DEMISSÃO VOLUNTARIA </t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INSTALAÇÃO DE VENTILADORES NA CRECHE </t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A REGULARIZAÇÃO DOS LOTES DO BAIRRO SÃO PEDRO </t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INSTALAÇÃO DE BRAÇO DE LUZ ATÉ AS PROXIMIDADES DO PESQUEIRO DO TIÃOZINHO </t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ALTERAÇÃO DA REFERENCIA SALARIAL DO PROFESSIONAL DE FISIOTERAPIA </t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RETORNO DO PEDAGIO NA ALAMEDA CAMPINAS</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER FISCALIZAÇÃO DE AMBULANTES</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER NOTIFICAÇÃO AOS PROPRIETÁRIOS DE RANCHOS SOBRE LIXO</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PROVIDENCIAS QUANTO A VEICULOS E SUCATAS NO ANTIGO PREDIO DA DELEGACIA DE POLICIA CIVIL </t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PONTO DE ONIBUS COBERTO NO BAIRRO NOSSA SENHORA AP.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CAÇAMBAS COLETORAS, NA ESTRADA MUNICIPAL, PROXIMAS AO SITIO SÃO VALENTIM.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO ASFÁLTICA NA RUA CELIA DE CARIA LOPES</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INSTALAÇÃO DE PALCO FIXO PARA UTILIZAÇÃO EM EVENTOS CULTURAIS </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MAIS AUXILIARES DE ENFERMAGEM NO PERIODO NOTURNO, NA UNIDADE BASICA DE SAUDE</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MAIS MOTORISTAS, NA UNIDADE BASICA DE SAUDE</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER FAIXA DE PEDESTRES DE LOMBADA, NA ALAMEDA CAMPINAS, NA FORMA QUE ESPECIFICA </t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REFORMA DO PONTO DE ONIBUS COM COBERTURA DEFRONTE A ESCOLA ANDREIA SERTORI SANDRIN, CONSTRUÇÃO DE PONTO DE ONIBUS DEFRONTE A ESCOLA VERA LUCIA CASTELHANO E NA RUA JOÃO DUARTE.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Julio Jiro, Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE VESTIARIO NO CAMPO DE FUTEBOL E REFORMA DO BANHEIRO DO CAMPO DE BASEBALL, NO BAIRRO MOMBUCA</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PINTURA DA IGREJA SAGRADA FAMILIA, NO BAIRRO MOMBUCA </t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER FLUORETAÇÃO NA AGUA DO MUNICIPIO </t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE MAIS MÉDICOS PLANTONISTAS PARA UNIDADE BÁSICA DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DO S.I.M - SERVIÇO DE INSPEÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE GUIAS E SARJETAS NA RUA PRINCIPAL DO BAIRRO RESIDENCIAL, APÓS A LINHA FÉRREA ATÉ O CORREGO</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf</t>
   </si>
   <si>
     <t>REQUER REAPROVEITAMENTO DE MOTORISTAS DO SAMU NA ÁREA DA SAÚDE</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf</t>
   </si>
   <si>
     <t>REQUER GRADEAMENTO DE TERRAS NO HORTO FLORESTAL GUARANI, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf</t>
   </si>
   <si>
     <t>REQUER CONTRATAÇÃO DE DOIS AGENTES DE CAMPO PARA O COMBATE E CONTROLE DE VETORES</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>REQUER COPIA DE PLANTA E MEMORIAL UTILIZADO PARA A CONSTRUÇÃO DO PALCO , NO PATIO DA FEPASA.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NO ABASTECIMENTO DE ÁGUA, NO HORTO GUARANI.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO  DE REPAROS DE ALVENARIA NO PISO DO ESTACIONAMENTO DO VEICULO SAMU</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE GARAGEM PARA O VEICULO DO CORPO DE BOMBEIROS</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf</t>
   </si>
   <si>
     <t>REQUER AA INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NAS ENTRADAS DA CIDADE</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>REQUER VENTILADORES, NA FORMA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>REITERA O REQUERIMENTO N 48/2018  - IMPLANTAÇÃO DO S.I.M - SERVIÇO DE INSPEÇÃO MUNICIPAL</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE REFLETORES NO CENTRO ESPORTIVO</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NA COZINHA PILOTO</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf</t>
   </si>
   <si>
     <t>REQUER LIMPEZA DOS BUEIROS E NA SAIDA DE AGUA DO  CORREGO ALBERTO CERVI</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf</t>
   </si>
   <si>
     <t>REQUER AQUISIÇÃO DE TENDA PARA O CEMITERIO</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf</t>
   </si>
   <si>
     <t>REQUER REABERTURA DA HORTA NA ESCOLA "GUIOMAR AP. MILUZZI DE OLIVEIRA", NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE COMISSÃO ESPECIAL DE ESTUDOS, COM O OBJETIVO  DE AUXILIAR OS INSCRITOS NO PROGRAMA "MINHA CASA, MINHA VIDA", BAIRRO ADELIA JARDIM</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MUROS DE PROTEÇÃO E VIGIA NA CAIXA D' AGUA, LOCALIZADA NO JARDIM MARIA LUIZA</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>REQUER LOGOMARCA DO MUNICÍPIO NOS VEÍCULOS NOVOS, BEM COMO NOS VEÍCULOS USADOS QUE NÃO POSSUEM.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf</t>
   </si>
   <si>
     <t>REQUER AMBULÂNCIA DE PLANTÃO NO PRONTO SOCORRO DO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf</t>
   </si>
   <si>
     <t>REQUER MAIS UM ÔNIBUS (CRISPTUR) PARA TRABALHADORES, NO MUNICÍPIO DE RIBEIRÃO PRETO</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf</t>
   </si>
   <si>
     <t>REQUE QUE SEJAM NOTIFICADAS AS EMPRESAS/IMOBILIÁRIAS, PROPRIETÁRIAS DE LOTEAMENTOS A PAGAREM AS DIVIDAS DE IPTU.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1719,68 +1719,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/147/lei_complementar_09_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/148/lei_complementar_10_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/149/lei_complementar_11_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/150/projeto_de_lei_31_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/151/projeto_de_lei_32_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/152/projeto_de_lei_33_2018_ok.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/153/projeto_de_lei_34_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/154/projeto_de_lei_35_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/157/projeto_de_lei_39_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/158/projeto_de_lei_40_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/159/projeto_de_lei_41_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/160/projeto_de_lei_42_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/161/projeto_de_lei_43_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/162/projeto_de_lei_44_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/163/projeto_de_lei_45_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/164/projeto_de_lei_46_2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/165/projeto_de_lei_47_2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/166/projeto_de_lei_48_2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/167/projeto_de_lei_49_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/169/projeto_de_lei_50_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/170/projeto_de_lei_51_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/171/projeto_de_lei_52_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/168/projeto_de_lei_50.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/173/projeto_de_lei_55_2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/174/projeto_de_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/182/projeto_de_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/183/projeto_de_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2018/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/130/requerimento_47_2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/131/requerimento_48_2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/132/requerimento_49_2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/133/requerimento_51_2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/134/requerimento_52_2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/135/requerimento_53_2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/137/requerimento_55_2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/138/requerimento_56_2018.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/139/requerimento_57_2018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/140/requerimento_59_2018.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/143/requerimento_65_2018.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/144/requerimento_66_2018.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/145/requerimento_67_2018.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/146/requerimento_68_2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/175/requerimento_70_2018.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/176/requerimento_71_2018.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/177/requerimento_72_2018.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/179/requerimento_74_2018.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/180/requerimento_75_2018.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/sapl/public/materialegislativa/2018/181/requerimento_76_2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>