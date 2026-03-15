--- v0 (2025-10-07)
+++ v1 (2026-03-15)
@@ -54,507 +54,507 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Julio Jiro</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INTERVALO MAIOR ENTRE LEITURA E DATA DE PAGAMENTO DE ÁGUA E ESGOTO.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI, DISPÕE SOBRE A CRIAÇÃO DE CARGOS E DA OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mazinho Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER MELHORIA NO ESCOAMENTO DA ÁGUA PLUVIAL NO FINAL DA RUA JOSÉ APARECIDO MARTINS DA CRUZ.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Paulinho Policia</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PAGAMENTOS DE REFEIÇÕES AOS MOTORISTAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NA AV: JACARANDAS NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NA PAVIMENTAÇÃO ASFÁLTICA NA RUA MARIA DOS REMÉDIOS E JOÃO DUARTE.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Galoni</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ESCOAMENTO NA CDHU NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Paulo PC</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NO CALÇAMENTO NA RUA HERMÍNIO FÉLIX BONFIM.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE BEBEDOURO INDUSTRIAL NAS ESCOLAS DO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÕES DE BRAÇOS DE LUZ NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Selminho</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A RESPEITO DO DESCANSO SEMANAL REMUNERADO DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DEMARCAÇÃO DE PONTO DE ÔNIBUS NO CDHU NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ATENDIMENTO NO PRONTO SOCORRO DO BAIRRO MOMBUCA NOS FINAIS DE SEMANA E FERIADO.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER RESTABELECIMENTO DO TRANSPORTE DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIASPARA DIMINUIÇÃO NO DEGRAU DA PAVIMENTAÇÃO ASFÁLTICA NA RODOVIA MÁRIO MAZIERO.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A DOAÇÃO DE ÁREA PARA CONSTRUÇÃO DE TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER VOLTA DO PROGRAMA DE SAÚDE DA FAMÍLIA. </t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PARCERIA ENTRE A PREFEITURA MUNICIPAL DE GUATAPARÁ E O SESI. </t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE CALÇADA DA ESCOLA EUCLIDES CASTELHANO.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE TROCAS DOS VASOS SANITÁRIOS COM A ADEQUAÇÃO E INSTALAÇÃO DE ACORDO COM A FAIXA ETÁRIA DOS DESTINATÁRIOS, NA ESCOLA EUCLIDES CASTELHANO.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A INCLUSÃO NA DATA DO CALENDÁRIO MUNICIPAL DE EVENTOS O DIA MUNICIPAL DA MULHER.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ELABORAÇÃO DE PROJETO DE LEI, DENOMINANDO PRAÇA DA BIBLIA.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE ASSISTÊNCIA JURIDICA INTEGRAL E GRATUITA AS PROPRIETÁRIOS DE CASAS E TERRENOS DO BAIRRO JARDIM MARIA LUIZA.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ÁREA DE LAZER NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER GALERIA NA AVENIDA JACARANDAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INCENTIVO AO PLANTIO DE ÁRVORES.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRÂNSITO NA RODOVIA MÁRIO MAZIERO.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REFORMA E CONSTRUÇÃO DE PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DA MUNICIPALIDADE CESSÃO DE MÃO DE OBRA PARA PINTURA DE MUROS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER FARMACÊUTICO NO BAIRRO MOMBUCA.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE LOMBADAS.</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REGULARIZAÇÃO PARA ADESÃO A PROGRAMAS DE INCENTIVO AO TURISMO EM NOSSO MUNICIPIO</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESCOAMENTO DE ÁGUAS PLUVIAIS </t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS PARA RECEBIMENTO DE LEITE ENRIQUECIDO, CONFORME PROGRAMA.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER LANCHE PARA A BANDA NAYARA MARCHETTI ROCHA.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REPAROS NA PAVIMENTAÇÃO ASFÁLTICA, NO CRUZAMENTO DAS RUAS JOSÉ ELÍSEO DA SILVA E OLEANDROS</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ALTERAÇÃO DO CÓDIGO DE POSTURAS DO MUNICÍPIO, PARTE 1,</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DE EQUIPAMENTOS PARTICULARES NA CAIXA D ÁGUA,NO JARDIM ALVORADA.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ADAPITAÇÕES PRÉDIO DA ANTIGA UNIDADE DE SAUDE DO BAIRRO MOMBUCA PARA VELÓRIO.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER INSTALAÇÃO DE AR CONDICIONADO NA SALA PRONTO SOCORRO</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ACADÊMIA AO AR LIVRE EM GUATAPARÁ.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER LIBERAÇÃO DAS PISCINAS DO CENTRO ESPORTIVO AOS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CALÇADAS NOS ARREDORES DAS ÁRVORES PLANTADAS NO CONJ HABITACIONAL NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PLACAS DE DENOMINAÇÃO NOS BAIRROS JD ALVORADA E NOVA GUATAPARÁ.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRÂNSITO NA RODOVIA MARIO MAZIERO. </t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg</t>
+    <t>http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER AUMENTO DO TICKET ALIMENTAÇÃO DO CONSELHO TUTELAR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -861,68 +861,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/11/11_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/9/9_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/8/8_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/6/6_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guatapara.sp.leg.br/media/./sapl/public/materialegislativa/2017/7/7_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="164" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>